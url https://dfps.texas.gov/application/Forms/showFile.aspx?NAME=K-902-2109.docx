--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -1177,51 +1177,50 @@
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B552A4" w:rsidRPr="00937FCA" w14:paraId="303DFF37" w14:textId="77777777" w:rsidTr="00412B10">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="737"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18877F78" w14:textId="77777777" w:rsidR="00B552A4" w:rsidRPr="00937FCA" w:rsidRDefault="00B552A4" w:rsidP="002F140E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Child’s Name:</w:t>
             </w:r>
           </w:p>
@@ -1304,51 +1303,50 @@
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E2F9B68" w14:textId="77777777" w:rsidR="00B552A4" w:rsidRPr="00937FCA" w:rsidRDefault="00B552A4" w:rsidP="00C578D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Child’s Person ID Number:</w:t>
             </w:r>
           </w:p>
@@ -1432,51 +1430,50 @@
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14B27146" w14:textId="0D56CD18" w:rsidR="00B552A4" w:rsidRPr="00937FCA" w:rsidRDefault="00B552A4" w:rsidP="00C578D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Child’s D</w:t>
             </w:r>
             <w:r w:rsidR="00937FCA">
@@ -1590,51 +1587,50 @@
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F140E" w:rsidRPr="00937FCA" w14:paraId="52CF8D60" w14:textId="77777777" w:rsidTr="00412B10">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E895CD7" w14:textId="26BB9E51" w:rsidR="00A9668E" w:rsidRPr="00937FCA" w:rsidRDefault="002F140E" w:rsidP="00C578D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Discharge Notice (select only one): </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
@@ -2025,51 +2021,50 @@
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EB6F377" w14:textId="77777777" w:rsidR="002F140E" w:rsidRPr="00937FCA" w:rsidRDefault="002F140E" w:rsidP="00C578D0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0BA6E97C" w14:textId="4B99F86B" w:rsidR="002F140E" w:rsidRPr="00937FCA" w:rsidRDefault="009B029C" w:rsidP="002B0556">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -2374,51 +2369,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D5CF1" w:rsidRPr="00937FCA" w14:paraId="05E35E1A" w14:textId="77777777" w:rsidTr="00B72A6E">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60CE7600" w14:textId="77777777" w:rsidR="003D5CF1" w:rsidRPr="00937FCA" w:rsidRDefault="003D5CF1" w:rsidP="00CC4BBE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Contractor Name:</w:t>
             </w:r>
           </w:p>
@@ -2500,51 +2494,50 @@
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5088A1CD" w14:textId="77777777" w:rsidR="003D5CF1" w:rsidRPr="00937FCA" w:rsidRDefault="003D5CF1" w:rsidP="00CC4BBE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Resource ID number:</w:t>
             </w:r>
           </w:p>
@@ -2626,51 +2619,50 @@
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DB8DF56" w14:textId="77777777" w:rsidR="003D5CF1" w:rsidRPr="00937FCA" w:rsidRDefault="003D5CF1" w:rsidP="00CC4BBE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Date Form Completed:</w:t>
             </w:r>
           </w:p>
@@ -2759,51 +2751,50 @@
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D5CF1" w:rsidRPr="00937FCA" w14:paraId="438AABF6" w14:textId="77777777" w:rsidTr="00B72A6E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E9DC729" w14:textId="77777777" w:rsidR="003D5CF1" w:rsidRPr="00937FCA" w:rsidRDefault="003D5CF1" w:rsidP="003D5CF1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Person Completing the Form:</w:t>
             </w:r>
           </w:p>
@@ -2886,51 +2877,50 @@
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5396" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25F93025" w14:textId="6DAF064B" w:rsidR="003D5CF1" w:rsidRPr="00937FCA" w:rsidRDefault="003D5CF1" w:rsidP="003D5CF1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Contact Phone Number</w:t>
             </w:r>
             <w:r w:rsidR="002B0556">
@@ -3026,51 +3016,50 @@
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06400" w:rsidRPr="00937FCA" w14:paraId="13404C33" w14:textId="77777777" w:rsidTr="00B72A6E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="33"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10791" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4350F127" w14:textId="3E5B3F2A" w:rsidR="00F06400" w:rsidRPr="00937FCA" w:rsidRDefault="00F06400" w:rsidP="00F06400">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Contracted Service Type: </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
@@ -3127,51 +3116,50 @@
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F06400" w:rsidRPr="00937FCA" w14:paraId="21B9E804" w14:textId="77777777" w:rsidTr="00B72A6E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1417"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="109A3BB9" w14:textId="77777777" w:rsidR="00F06400" w:rsidRPr="00937FCA" w:rsidRDefault="00F06400" w:rsidP="00F06400">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3470,51 +3458,50 @@
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> Child Placing Agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5396" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03A0159D" w14:textId="16DB88B6" w:rsidR="00F06400" w:rsidRPr="00937FCA" w:rsidRDefault="00F06400" w:rsidP="00F06400">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -4196,51 +4183,50 @@
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341D40" w:rsidRPr="00937FCA" w14:paraId="2CD6905A" w14:textId="77777777" w:rsidTr="00B72A6E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="305"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10791" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BDF33E5" w14:textId="79D8DD4D" w:rsidR="00341D40" w:rsidRPr="00937FCA" w:rsidRDefault="00341D40" w:rsidP="00341D40">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide reason contractor is requesting discharge (select all that apply): </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
@@ -4296,51 +4282,50 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00341D40" w:rsidRPr="00937FCA" w14:paraId="716D119A" w14:textId="77777777" w:rsidTr="00B72A6E">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E246D30" w14:textId="77777777" w:rsidR="00341D40" w:rsidRPr="00937FCA" w:rsidRDefault="00341D40" w:rsidP="009370F0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5056,51 +5041,50 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00781EDB">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Service Package change (T3C System)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5486" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D4698E5" w14:textId="14461F09" w:rsidR="00341D40" w:rsidRPr="00937FCA" w:rsidRDefault="00341D40" w:rsidP="00195D82">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="337"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
               <w:ind w:left="337" w:hanging="337"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
@@ -5801,51 +5785,50 @@
             <w:r w:rsidR="003D5CF1" w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE587C" w:rsidRPr="00937FCA" w14:paraId="33778507" w14:textId="77777777" w:rsidTr="00707159">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ED146ED" w14:textId="77777777" w:rsidR="00AE587C" w:rsidRPr="00937FCA" w:rsidRDefault="00AE587C" w:rsidP="00707159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicate efforts made to prevent placement disruption (select all that apply): </w:t>
             </w:r>
@@ -7050,51 +7033,50 @@
             <w:r w:rsidR="003D5CF1" w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE587C" w:rsidRPr="00937FCA" w14:paraId="48D309CB" w14:textId="77777777" w:rsidTr="009A5B4D">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="163F6B0B" w14:textId="5D0AA4DC" w:rsidR="00AE587C" w:rsidRPr="00937FCA" w:rsidRDefault="00AE587C" w:rsidP="00AF6517">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Provide recommendations for future placement. This can include information regarding the child’s triggers, what type of placement the child requires, what level of supervision or special services that may be needed.</w:t>
             </w:r>
           </w:p>
@@ -7622,51 +7604,50 @@
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00722B93" w:rsidRPr="00937FCA" w14:paraId="5213A8AA" w14:textId="77777777" w:rsidTr="00FA3099">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50907CE1" w14:textId="0AE54A2C" w:rsidR="00722B93" w:rsidRPr="00937FCA" w:rsidRDefault="00CD1B36" w:rsidP="00707159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:t xml:space="preserve">DFPS values your privacy. For more information, read </w:t>
             </w:r>
             <w:r w:rsidR="0082213E">
               <w:t xml:space="preserve">our </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
@@ -7792,51 +7773,50 @@
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE587C" w:rsidRPr="00937FCA" w14:paraId="15ABA26F" w14:textId="77777777" w:rsidTr="00A42186">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="383B0323" w14:textId="77777777" w:rsidR="00AE587C" w:rsidRPr="00937FCA" w:rsidRDefault="00AE587C" w:rsidP="00CD1B36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:t>Contractor Signatory Authority:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AF43540" w14:textId="2E0A1CB0" w:rsidR="00AE587C" w:rsidRPr="00937FCA" w:rsidRDefault="00AE587C" w:rsidP="00C92B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -7907,51 +7887,50 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003934BF" w:rsidRPr="00937FCA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE587C" w:rsidRPr="00937FCA" w14:paraId="115133AD" w14:textId="77777777" w:rsidTr="00AE587C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="692"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7483290E" w14:textId="77777777" w:rsidR="00AE587C" w:rsidRPr="00937FCA" w:rsidRDefault="00AE587C" w:rsidP="00CD1B36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:t>Printed Name:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66CAE8C8" w14:textId="7FA838C0" w:rsidR="00AE587C" w:rsidRPr="00937FCA" w:rsidRDefault="003934BF" w:rsidP="00AE587C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -8009,51 +7988,50 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00722B93" w:rsidRPr="00937FCA" w14:paraId="2AB6FB09" w14:textId="77777777" w:rsidTr="00FA3099">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7338205A" w14:textId="77777777" w:rsidR="00722B93" w:rsidRPr="00937FCA" w:rsidRDefault="00AE587C" w:rsidP="00CD1B36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidR="00722B93" w:rsidRPr="00937FCA">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B3E18DA" w14:textId="408A27C1" w:rsidR="00FF751B" w:rsidRPr="00937FCA" w:rsidRDefault="003934BF" w:rsidP="00FF751B">
             <w:pPr>
               <w:tabs>
@@ -8107,51 +8085,50 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="284C3C49" w14:textId="77777777" w:rsidR="00722B93" w:rsidRPr="00937FCA" w:rsidRDefault="00722B93" w:rsidP="00CD1B36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FB1953D" w14:textId="77777777" w:rsidR="00FF751B" w:rsidRPr="00937FCA" w:rsidRDefault="00FF751B" w:rsidP="006465BE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -8298,51 +8275,50 @@
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006230F5" w:rsidRPr="00937FCA" w14:paraId="662E6477" w14:textId="77777777" w:rsidTr="005F11CF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19E27546" w14:textId="7C636263" w:rsidR="006230F5" w:rsidRPr="00937FCA" w:rsidRDefault="006230F5" w:rsidP="006230F5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00937FCA">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Resource ID: </w:t>
             </w:r>
             <w:r w:rsidRPr="00937FCA">
@@ -9247,81 +9223,81 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Belong</w:t>
       </w:r>
       <w:r w:rsidRPr="00043D14">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="00043D14">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Placementbelong@sjrctexas.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C666417" w14:textId="733DE977" w:rsidR="00F50122" w:rsidRPr="00043D14" w:rsidRDefault="00F50122" w:rsidP="00765703">
+    <w:p w14:paraId="1C666417" w14:textId="129D5469" w:rsidR="00F50122" w:rsidRPr="00DD7610" w:rsidRDefault="00F50122" w:rsidP="00765703">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00043D14">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Region 09: </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00B759F9">
+        <w:r w:rsidR="00DD7610" w:rsidRPr="00DD7610">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>DFPSReg9DischargeNotifications@dfps.texas.gov</w:t>
+          <w:t>dfpsreg9placementrequests@dfps.texas.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00043D14">
+      <w:r w:rsidR="00DD7610" w:rsidRPr="00DD7610">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F1A83E0" w14:textId="77777777" w:rsidR="00F50122" w:rsidRPr="00043D14" w:rsidRDefault="00F50122" w:rsidP="00765703">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00043D14">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -12796,58 +12772,58 @@
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007A628E" w:rsidRPr="00937FCA" w:rsidSect="007A628E">
       <w:headerReference w:type="default" r:id="rId30"/>
       <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6465E944" w14:textId="77777777" w:rsidR="004F3895" w:rsidRDefault="004F3895">
+    <w:p w14:paraId="4B53A6D2" w14:textId="77777777" w:rsidR="004838BA" w:rsidRDefault="004838BA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A6366DC" w14:textId="77777777" w:rsidR="004F3895" w:rsidRDefault="004F3895">
+    <w:p w14:paraId="510E2714" w14:textId="77777777" w:rsidR="004838BA" w:rsidRDefault="004838BA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -13007,58 +12983,58 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FA71B2" w:rsidRPr="00937FCA">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00937FCA">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BC84CE8" w14:textId="77777777" w:rsidR="004F3895" w:rsidRDefault="004F3895">
+    <w:p w14:paraId="7A986C72" w14:textId="77777777" w:rsidR="004838BA" w:rsidRDefault="004838BA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55957684" w14:textId="77777777" w:rsidR="004F3895" w:rsidRDefault="004F3895">
+    <w:p w14:paraId="47CA210B" w14:textId="77777777" w:rsidR="004838BA" w:rsidRDefault="004838BA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="784D7094" w14:textId="77777777" w:rsidR="00284CDB" w:rsidRDefault="00284CDB" w:rsidP="00870B2A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
@@ -13146,86 +13122,79 @@
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="001D3471" w:rsidRPr="00DA3287">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Form</w:t>
     </w:r>
     <w:r w:rsidR="003A68BA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> K-908-2109</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5CCBAB61" w14:textId="004E32CE" w:rsidR="001D3471" w:rsidRPr="003A68BA" w:rsidRDefault="003A68BA" w:rsidP="009C69EA">
+  <w:p w14:paraId="5CCBAB61" w14:textId="7A029E7E" w:rsidR="001D3471" w:rsidRPr="003A68BA" w:rsidRDefault="003A68BA" w:rsidP="009C69EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="60"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003A68BA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidR="00C168AB">
+    <w:r w:rsidR="00F67008">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>August</w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>February 2026</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0C7A890D" w14:textId="77777777" w:rsidR="00D36F6A" w:rsidRPr="00DA3287" w:rsidRDefault="00D36F6A" w:rsidP="009C69EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="60"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -17291,51 +17260,51 @@
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1433086678">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1694577579">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1627542466">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="663096499">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:doNotTrackFormatting/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="F+iv3VpYqt8bH2nSkAfBfNY82GgMGrO4fMw2cfkrgcYXZyAvmRC0QqGlqBIs5SU8dFhVN+XQYdp6FGzYjGZZvw==" w:salt="oMDYmjr7F09Kt8KkWJPecA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YlIK78b+SgoFLoy/ShM/1uOumnQQwhintsNXTPKshYKWG3lBLxIG6+dwWdj/HZ0Lab9X6LK7YhFig5XW6V2OXA==" w:salt="kf5e5CryMF+mGmpvzFmFwA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001474DE"/>
     <w:rsid w:val="00020D4F"/>
@@ -17458,73 +17427,75 @@
     <w:rsid w:val="003D5CF1"/>
     <w:rsid w:val="003E5E97"/>
     <w:rsid w:val="003E7811"/>
     <w:rsid w:val="003F0C11"/>
     <w:rsid w:val="003F15D1"/>
     <w:rsid w:val="003F27A8"/>
     <w:rsid w:val="003F2D25"/>
     <w:rsid w:val="003F6A14"/>
     <w:rsid w:val="003F7785"/>
     <w:rsid w:val="00411399"/>
     <w:rsid w:val="00412B10"/>
     <w:rsid w:val="00417136"/>
     <w:rsid w:val="00417F9C"/>
     <w:rsid w:val="0042146A"/>
     <w:rsid w:val="00430D52"/>
     <w:rsid w:val="00433C2A"/>
     <w:rsid w:val="004517DE"/>
     <w:rsid w:val="00455047"/>
     <w:rsid w:val="00461762"/>
     <w:rsid w:val="00464895"/>
     <w:rsid w:val="00471D34"/>
     <w:rsid w:val="0047345F"/>
     <w:rsid w:val="00475277"/>
     <w:rsid w:val="004806EF"/>
     <w:rsid w:val="00480E84"/>
+    <w:rsid w:val="004838BA"/>
     <w:rsid w:val="004B2209"/>
     <w:rsid w:val="004B7295"/>
     <w:rsid w:val="004C65A0"/>
     <w:rsid w:val="004C70E6"/>
     <w:rsid w:val="004D6A07"/>
     <w:rsid w:val="004E0E23"/>
     <w:rsid w:val="004F3895"/>
     <w:rsid w:val="004F7491"/>
     <w:rsid w:val="00501641"/>
     <w:rsid w:val="00504900"/>
     <w:rsid w:val="005050A3"/>
     <w:rsid w:val="00506BF4"/>
     <w:rsid w:val="00512EC2"/>
     <w:rsid w:val="00517789"/>
     <w:rsid w:val="00520008"/>
     <w:rsid w:val="00521E53"/>
     <w:rsid w:val="00525418"/>
     <w:rsid w:val="00525A68"/>
     <w:rsid w:val="0052774B"/>
     <w:rsid w:val="00527D6D"/>
     <w:rsid w:val="005374DE"/>
     <w:rsid w:val="00541318"/>
     <w:rsid w:val="005443CC"/>
+    <w:rsid w:val="00544BE2"/>
     <w:rsid w:val="00545365"/>
     <w:rsid w:val="005539FD"/>
     <w:rsid w:val="00554845"/>
     <w:rsid w:val="0056693A"/>
     <w:rsid w:val="00570B3B"/>
     <w:rsid w:val="005748CB"/>
     <w:rsid w:val="00576B4E"/>
     <w:rsid w:val="005771DD"/>
     <w:rsid w:val="00580A4F"/>
     <w:rsid w:val="0058457F"/>
     <w:rsid w:val="00587140"/>
     <w:rsid w:val="00587D55"/>
     <w:rsid w:val="00591350"/>
     <w:rsid w:val="00592DC9"/>
     <w:rsid w:val="005959B3"/>
     <w:rsid w:val="00595C19"/>
     <w:rsid w:val="00595C4B"/>
     <w:rsid w:val="00595CE9"/>
     <w:rsid w:val="005A2A75"/>
     <w:rsid w:val="005A52C3"/>
     <w:rsid w:val="005A5DB3"/>
     <w:rsid w:val="005B028B"/>
     <w:rsid w:val="005B5B1D"/>
     <w:rsid w:val="005B7010"/>
     <w:rsid w:val="005C1685"/>
@@ -17608,72 +17579,74 @@
     <w:rsid w:val="007E3D61"/>
     <w:rsid w:val="007F6CEE"/>
     <w:rsid w:val="007F7443"/>
     <w:rsid w:val="0080343E"/>
     <w:rsid w:val="0081106D"/>
     <w:rsid w:val="00811CE9"/>
     <w:rsid w:val="0082000F"/>
     <w:rsid w:val="0082213E"/>
     <w:rsid w:val="00824CC3"/>
     <w:rsid w:val="0083137B"/>
     <w:rsid w:val="00844FB0"/>
     <w:rsid w:val="00850260"/>
     <w:rsid w:val="00870B2A"/>
     <w:rsid w:val="008809DE"/>
     <w:rsid w:val="00893C99"/>
     <w:rsid w:val="008B64E6"/>
     <w:rsid w:val="008C5CFC"/>
     <w:rsid w:val="008D0620"/>
     <w:rsid w:val="008D12D5"/>
     <w:rsid w:val="008D750E"/>
     <w:rsid w:val="008E15B8"/>
     <w:rsid w:val="008E4C05"/>
     <w:rsid w:val="008E7213"/>
     <w:rsid w:val="008F115C"/>
     <w:rsid w:val="008F4FA9"/>
+    <w:rsid w:val="00901C33"/>
     <w:rsid w:val="00903B13"/>
     <w:rsid w:val="00904532"/>
     <w:rsid w:val="00904718"/>
     <w:rsid w:val="00917D87"/>
     <w:rsid w:val="00926594"/>
     <w:rsid w:val="0092774A"/>
     <w:rsid w:val="00935348"/>
     <w:rsid w:val="009370F0"/>
     <w:rsid w:val="009371BC"/>
     <w:rsid w:val="00937FCA"/>
     <w:rsid w:val="009532C3"/>
     <w:rsid w:val="00954E8A"/>
     <w:rsid w:val="009606DB"/>
     <w:rsid w:val="00962712"/>
     <w:rsid w:val="00963029"/>
     <w:rsid w:val="0096435A"/>
     <w:rsid w:val="009669F0"/>
     <w:rsid w:val="009852EB"/>
     <w:rsid w:val="0098601C"/>
     <w:rsid w:val="00987B15"/>
     <w:rsid w:val="00987E89"/>
     <w:rsid w:val="00996DF1"/>
+    <w:rsid w:val="009A7392"/>
     <w:rsid w:val="009B029C"/>
     <w:rsid w:val="009C1C61"/>
     <w:rsid w:val="009C541C"/>
     <w:rsid w:val="009C69EA"/>
     <w:rsid w:val="009D3E5A"/>
     <w:rsid w:val="009D4CCB"/>
     <w:rsid w:val="009E28C4"/>
     <w:rsid w:val="009E3C80"/>
     <w:rsid w:val="009F1D94"/>
     <w:rsid w:val="009F310D"/>
     <w:rsid w:val="009F5253"/>
     <w:rsid w:val="00A03BB9"/>
     <w:rsid w:val="00A04D65"/>
     <w:rsid w:val="00A07CE4"/>
     <w:rsid w:val="00A1180F"/>
     <w:rsid w:val="00A154A1"/>
     <w:rsid w:val="00A21052"/>
     <w:rsid w:val="00A21A4D"/>
     <w:rsid w:val="00A21F59"/>
     <w:rsid w:val="00A24CD2"/>
     <w:rsid w:val="00A34E86"/>
     <w:rsid w:val="00A3655E"/>
     <w:rsid w:val="00A40277"/>
     <w:rsid w:val="00A4158A"/>
     <w:rsid w:val="00A43091"/>
@@ -17722,123 +17695,126 @@
     <w:rsid w:val="00BE6AB2"/>
     <w:rsid w:val="00BF229A"/>
     <w:rsid w:val="00BF4D6F"/>
     <w:rsid w:val="00BF6041"/>
     <w:rsid w:val="00C11C7B"/>
     <w:rsid w:val="00C15AE1"/>
     <w:rsid w:val="00C168AB"/>
     <w:rsid w:val="00C21566"/>
     <w:rsid w:val="00C21F51"/>
     <w:rsid w:val="00C30348"/>
     <w:rsid w:val="00C578D0"/>
     <w:rsid w:val="00C61160"/>
     <w:rsid w:val="00C80341"/>
     <w:rsid w:val="00C81C82"/>
     <w:rsid w:val="00C81D73"/>
     <w:rsid w:val="00C92B0B"/>
     <w:rsid w:val="00C9538F"/>
     <w:rsid w:val="00C96B61"/>
     <w:rsid w:val="00C978C5"/>
     <w:rsid w:val="00CA6DC8"/>
     <w:rsid w:val="00CA777E"/>
     <w:rsid w:val="00CB2273"/>
     <w:rsid w:val="00CB4A85"/>
     <w:rsid w:val="00CB556B"/>
     <w:rsid w:val="00CC3E18"/>
+    <w:rsid w:val="00CC6FAC"/>
     <w:rsid w:val="00CD1B36"/>
     <w:rsid w:val="00CD1B3A"/>
     <w:rsid w:val="00CD64C3"/>
     <w:rsid w:val="00CE5ECA"/>
     <w:rsid w:val="00CF2286"/>
     <w:rsid w:val="00CF5F22"/>
     <w:rsid w:val="00D04284"/>
     <w:rsid w:val="00D04F5F"/>
     <w:rsid w:val="00D073EB"/>
     <w:rsid w:val="00D20507"/>
     <w:rsid w:val="00D22AEA"/>
     <w:rsid w:val="00D278A3"/>
     <w:rsid w:val="00D3142B"/>
     <w:rsid w:val="00D36F6A"/>
     <w:rsid w:val="00D55296"/>
     <w:rsid w:val="00D63F9E"/>
     <w:rsid w:val="00D669C8"/>
     <w:rsid w:val="00D92D4A"/>
     <w:rsid w:val="00D936B4"/>
     <w:rsid w:val="00D937DE"/>
     <w:rsid w:val="00DA22FA"/>
     <w:rsid w:val="00DA28C6"/>
     <w:rsid w:val="00DA3287"/>
     <w:rsid w:val="00DA57CB"/>
     <w:rsid w:val="00DB2E98"/>
     <w:rsid w:val="00DB77EB"/>
     <w:rsid w:val="00DC5CF8"/>
     <w:rsid w:val="00DD4EDD"/>
     <w:rsid w:val="00DD53EA"/>
+    <w:rsid w:val="00DD7610"/>
     <w:rsid w:val="00DE5D08"/>
     <w:rsid w:val="00DF6379"/>
     <w:rsid w:val="00DF786C"/>
     <w:rsid w:val="00E01697"/>
     <w:rsid w:val="00E01A74"/>
     <w:rsid w:val="00E0401D"/>
     <w:rsid w:val="00E04945"/>
     <w:rsid w:val="00E11DC4"/>
     <w:rsid w:val="00E165A4"/>
     <w:rsid w:val="00E24822"/>
     <w:rsid w:val="00E33E3C"/>
     <w:rsid w:val="00E350FC"/>
     <w:rsid w:val="00E42890"/>
     <w:rsid w:val="00E43F8A"/>
     <w:rsid w:val="00E46596"/>
     <w:rsid w:val="00E47259"/>
     <w:rsid w:val="00E5089E"/>
     <w:rsid w:val="00E53EA0"/>
     <w:rsid w:val="00E62561"/>
     <w:rsid w:val="00E66238"/>
     <w:rsid w:val="00E70994"/>
     <w:rsid w:val="00E723F1"/>
     <w:rsid w:val="00E819C3"/>
     <w:rsid w:val="00E8281F"/>
     <w:rsid w:val="00E9359C"/>
     <w:rsid w:val="00EB02FC"/>
     <w:rsid w:val="00EB63C8"/>
     <w:rsid w:val="00ED26B9"/>
     <w:rsid w:val="00EE5705"/>
     <w:rsid w:val="00EF084C"/>
     <w:rsid w:val="00EF6BDD"/>
     <w:rsid w:val="00F02AC7"/>
     <w:rsid w:val="00F06400"/>
     <w:rsid w:val="00F07BBB"/>
     <w:rsid w:val="00F155CA"/>
     <w:rsid w:val="00F216E8"/>
     <w:rsid w:val="00F227EF"/>
     <w:rsid w:val="00F234DC"/>
     <w:rsid w:val="00F24569"/>
     <w:rsid w:val="00F3175F"/>
     <w:rsid w:val="00F32A34"/>
     <w:rsid w:val="00F35738"/>
     <w:rsid w:val="00F40502"/>
     <w:rsid w:val="00F50122"/>
+    <w:rsid w:val="00F67008"/>
     <w:rsid w:val="00F675BD"/>
     <w:rsid w:val="00F7129A"/>
     <w:rsid w:val="00F74710"/>
     <w:rsid w:val="00F75F9D"/>
     <w:rsid w:val="00F86B24"/>
     <w:rsid w:val="00F87249"/>
     <w:rsid w:val="00F919FE"/>
     <w:rsid w:val="00F91B3D"/>
     <w:rsid w:val="00FA3099"/>
     <w:rsid w:val="00FA5545"/>
     <w:rsid w:val="00FA71B2"/>
     <w:rsid w:val="00FB2D80"/>
     <w:rsid w:val="00FB34F3"/>
     <w:rsid w:val="00FB4574"/>
     <w:rsid w:val="00FC24FE"/>
     <w:rsid w:val="00FC31E5"/>
     <w:rsid w:val="00FD4068"/>
     <w:rsid w:val="00FE124C"/>
     <w:rsid w:val="00FE2F6A"/>
     <w:rsid w:val="00FE6F77"/>
     <w:rsid w:val="00FE6FE5"/>
     <w:rsid w:val="00FF713D"/>
     <w:rsid w:val="00FF751B"/>
     <w:rsid w:val="4E428D74"/>
   </w:rsids>
@@ -18857,51 +18833,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1849177901">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmd@2ingage.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLACEREQ05@dfps.texas.gov%20" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DFPSQRTP@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:placementbexar@sjrctexas.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:txreg1placement@saintfrancisministries.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:txfcnplacement@txfcn.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLACER11@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:intake@4kids4families.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:R07PLACE@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.dfps.texas.gov/Application/Forms/showFile.aspx?Name=K-902-2109.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfps.texas.gov/policies/Website/default.asp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLAREQ10@dfps.state.tx.us" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Discharge@oc-ok.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DFPSReg9DischargeNotifications@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DFPSQRTP@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dfpsdisruptionprevention@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLREQR06@dfps.texas.gov%20" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dfpsdisruptionprevention@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:placement@3empower.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Placementbelong@sjrctexas.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DFPSQRTP@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmd@2ingage.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLACEREQ05@dfps.texas.gov%20" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DFPSQRTP@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:placementbexar@sjrctexas.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:txreg1placement@saintfrancisministries.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:txfcnplacement@txfcn.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLACER11@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:intake@4kids4families.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:R07PLACE@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.dfps.texas.gov/Application/Forms/showFile.aspx?Name=K-902-2109.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfps.texas.gov/policies/Website/default.asp" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLAREQ10@dfps.state.tx.us" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Discharge@oc-ok.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dfpsreg9placementrequests@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DFPSQRTP@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dfpsdisruptionprevention@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLREQR06@dfps.texas.gov%20" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dfpsdisruptionprevention@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:placement@3empower.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Placementbelong@sjrctexas.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DFPSQRTP@dfps.texas.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -19154,66 +19130,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2162</Words>
-  <Characters>12329</Characters>
+  <Words>2161</Words>
+  <Characters>12320</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>102</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14463</CharactersWithSpaces>
+  <CharactersWithSpaces>14453</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>