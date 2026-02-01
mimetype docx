--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3A6BFB4A" w14:textId="216BED70" w:rsidR="00D92D4A" w:rsidRDefault="00904532" w:rsidP="00CC3E18">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="Texas Department of Family and Protective Services #INSERT FORM TITLE HERE#"/>
             <w:textInput>
               <w:maxLength w:val="1"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
@@ -83,65 +83,134 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0075430D">
         <w:t xml:space="preserve">Consent for Treatment with </w:t>
       </w:r>
       <w:r w:rsidR="00363944" w:rsidRPr="00363944">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00363944">
         <w:t>sychotropic Medication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD6534C" w14:textId="77777777" w:rsidR="00232370" w:rsidRDefault="00232370" w:rsidP="00AB7C45">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DE5159F" w14:textId="24F9B660" w:rsidR="008E4C05" w:rsidRPr="00AB7C45" w:rsidRDefault="00D92D4A" w:rsidP="00AB7C45">
+    <w:p w14:paraId="5DE5159F" w14:textId="68DF3707" w:rsidR="008E4C05" w:rsidRPr="00AB7C45" w:rsidRDefault="00D92D4A" w:rsidP="00AB7C45">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Purpose:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB7C45">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5A02">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>The purpos</w:t>
+      </w:r>
+      <w:r w:rsidR="00675F21">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="003513C3" w:rsidRPr="003513C3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>of prescribing psychotropic medication</w:t>
+      </w:r>
+      <w:r w:rsidR="003513C3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
+      <w:r w:rsidR="003513C3" w:rsidRPr="003513C3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> behavioral health treatment is</w:t>
+      </w:r>
+      <w:r w:rsidR="000B17D8">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003513C3" w:rsidRPr="003513C3">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>to help manage and improve symptoms of mental health conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="005B5A02">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="003513C3">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5A02">
+        <w:t xml:space="preserve">improve daily functioning </w:t>
+      </w:r>
+      <w:r w:rsidR="003513C3">
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="005B5A02">
+        <w:t>overall wellness</w:t>
+      </w:r>
+      <w:r w:rsidR="000B17D8" w:rsidRPr="00AB7C45">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B17D8">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0075430D" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Use this form to keep a record of </w:t>
       </w:r>
       <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">informed consent for a psychotropic medication that is prescribed for a child or youth in DFPS care. </w:t>
       </w:r>
       <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">This form does not replace or substitute for any form </w:t>
       </w:r>
       <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
         <w:rPr>
@@ -158,107 +227,116 @@
       <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> requires or uses</w:t>
       </w:r>
       <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>his or her</w:t>
       </w:r>
       <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> purposes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF35692" w14:textId="2B465CF5" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00E0401D" w:rsidP="00AB7C45">
+    <w:p w14:paraId="6DF35692" w14:textId="05E62327" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00E0401D" w:rsidP="00AB7C45">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Directions</w:t>
       </w:r>
       <w:r w:rsidR="00A04D65" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A04D65" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>To complete this form, the child’s medical consenter fills out all sections except the last section</w:t>
+        <w:t>To complete this form, the child’s medical consenter fills out all sections</w:t>
       </w:r>
-      <w:r w:rsidR="009B60BB" w:rsidRPr="00AB7C45">
+      <w:r w:rsidR="00613B25" w:rsidRPr="000B17D8">
         <w:rPr>
+          <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="009B60BB" w:rsidRPr="00AB7C45">
+      <w:r w:rsidR="00726878" w:rsidRPr="000B17D8">
         <w:rPr>
-          <w:i/>
+          <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Medical Provider’s Signature</w:t>
-[...5 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>. The medical consenter is the person legally authorized to consent to medical care on behalf of a child in DFPS care. The medical provider who is prescribing the medication (or his or her designee) completes the last section. T</w:t>
+        <w:t xml:space="preserve">he medical consenter is the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>person legally authorized</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to consent to medical care on behalf of a child in DFPS care. T</w:t>
       </w:r>
       <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">he medical consenter </w:t>
       </w:r>
       <w:r w:rsidR="004F1182" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>gives</w:t>
       </w:r>
       <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> a copy of the</w:t>
       </w:r>
       <w:r w:rsidR="00726878" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> completed</w:t>
       </w:r>
@@ -273,196 +351,198 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>child’s</w:t>
       </w:r>
       <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> caseworker. The caseworker files it under the child’s section in the case record.</w:t>
       </w:r>
       <w:r w:rsidR="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00470565" w:rsidRPr="00AB7C45">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>If you have questions, please contact the child’s caseworker.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="11065" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5395"/>
-        <w:gridCol w:w="5395"/>
+        <w:gridCol w:w="5537"/>
+        <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="478C4C84" w14:textId="77777777" w:rsidTr="00AB7C45">
+      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="478C4C84" w14:textId="77777777" w:rsidTr="000B17D8">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="488"/>
+          <w:trHeight w:val="595"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="11065" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B4D1786" w14:textId="107B8818" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="000E159F" w:rsidP="000E159F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>BASIC INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008916AC" w:rsidRPr="00AB7C45" w14:paraId="6FB55DE8" w14:textId="77777777" w:rsidTr="004F1182">
+      <w:tr w:rsidR="008916AC" w:rsidRPr="00AB7C45" w14:paraId="6FB55DE8" w14:textId="77777777" w:rsidTr="000B17D8">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcW w:w="5537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C603FD0" w14:textId="4A2C9E9F" w:rsidR="008916AC" w:rsidRPr="00AB7C45" w:rsidRDefault="00EF6787" w:rsidP="004F1182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk213932453"/>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="008916AC" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">hild’s </w:t>
             </w:r>
             <w:r w:rsidR="000E159F" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="008916AC" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ame:</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkStart w:id="1" w:name="_Hlk213932996"/>
           <w:p w14:paraId="437D02ED" w14:textId="2515D026" w:rsidR="008916AC" w:rsidRPr="00AB7C45" w:rsidRDefault="00087F58" w:rsidP="004F1182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Child’s Name:"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="Text24"/>
+            <w:bookmarkStart w:id="2" w:name="Text24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
@@ -486,63 +566,63 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B90CC0E" w14:textId="244226D1" w:rsidR="004F1182" w:rsidRPr="00AB7C45" w:rsidRDefault="008916AC" w:rsidP="008916AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DFPS Person ID:</w:t>
@@ -629,65 +709,66 @@
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="53B8FC7B" w14:textId="77777777" w:rsidTr="008916AC">
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="53B8FC7B" w14:textId="77777777" w:rsidTr="000B17D8">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="11065" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BE08F49" w14:textId="04F45C99" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00EF6787" w:rsidP="004F1182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
@@ -739,51 +820,51 @@
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Condition Being Treated:"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text38"/>
+            <w:bookmarkStart w:id="3" w:name="Text38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
@@ -807,69 +888,69 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E159F" w:rsidRPr="00AB7C45" w14:paraId="4877E2E1" w14:textId="77777777" w:rsidTr="008916AC">
+      <w:tr w:rsidR="000E159F" w:rsidRPr="00AB7C45" w14:paraId="4877E2E1" w14:textId="77777777" w:rsidTr="000B17D8">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="11065" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C75707F" w14:textId="48EB9C3C" w:rsidR="000E159F" w:rsidRPr="00AB7C45" w:rsidRDefault="000E159F" w:rsidP="000E159F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Psychotropic Medication Prescribed:</w:t>
@@ -886,51 +967,51 @@
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Psychotropic Medication Prescribed:"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text39"/>
+            <w:bookmarkStart w:id="4" w:name="Text39"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
@@ -954,212 +1035,538 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B17D8" w:rsidRPr="00AB7C45" w14:paraId="6467100A" w14:textId="77777777" w:rsidTr="000B17D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="071D144E" w14:textId="7E54EC79" w:rsidR="000B17D8" w:rsidRPr="00AB7C45" w:rsidRDefault="000B17D8" w:rsidP="000B17D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="20"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medical Provider’s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB7C45">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20325CD8" w14:textId="01A0B4EE" w:rsidR="000B17D8" w:rsidRPr="00AB7C45" w:rsidRDefault="000B17D8" w:rsidP="000B17D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="20"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Child’s Name:"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73A80922" w14:textId="77777777" w:rsidR="000B17D8" w:rsidRPr="00AB7C45" w:rsidRDefault="000B17D8" w:rsidP="000B17D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="20"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB7C45">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534A4C89" w14:textId="107361AE" w:rsidR="000B17D8" w:rsidRPr="00AB7C45" w:rsidRDefault="000B17D8" w:rsidP="000B17D8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="20"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="DFPS Person ID:"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7ABACDC7" w14:textId="77777777" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00363944" w:rsidP="00363944">
+    <w:p w14:paraId="5264648F" w14:textId="0D40EC6D" w:rsidR="00793674" w:rsidRPr="00AB7C45" w:rsidRDefault="00793674" w:rsidP="00363944">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10924" w:type="dxa"/>
+        <w:tblInd w:w="1" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10790"/>
+        <w:gridCol w:w="10924"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="0AA51DEE" w14:textId="77777777" w:rsidTr="00AB7C45">
+      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="0AA51DEE" w14:textId="77777777" w:rsidTr="004D0E5B">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="468"/>
+          <w:trHeight w:val="512"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B7535FD" w14:textId="2D911095" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="009B60BB" w:rsidP="004F1182">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CONSENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1182" w:rsidRPr="00AB7C45" w14:paraId="1AE790E3" w14:textId="77777777" w:rsidTr="000E159F">
+      <w:tr w:rsidR="004F1182" w:rsidRPr="00AB7C45" w14:paraId="1AE790E3" w14:textId="77777777" w:rsidTr="004D0E5B">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="659832F3" w14:textId="7B7A5182" w:rsidR="004F1182" w:rsidRPr="00AB7C45" w:rsidRDefault="004F1182" w:rsidP="00103364">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="_Hlk209001748"/>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>I am the child’s medical consenter.</w:t>
+              <w:t xml:space="preserve">I am </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB7C45">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB7C45">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> child’s medical consenter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F1182" w:rsidRPr="00AB7C45" w14:paraId="67D64845" w14:textId="77777777" w:rsidTr="000E159F">
+      <w:bookmarkEnd w:id="5"/>
+      <w:tr w:rsidR="004F1182" w:rsidRPr="00AB7C45" w14:paraId="67D64845" w14:textId="77777777" w:rsidTr="004D0E5B">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53470D4E" w14:textId="7F3E12D4" w:rsidR="004F1182" w:rsidRPr="00AB7C45" w:rsidRDefault="004F1182" w:rsidP="004F1182">
+          <w:p w14:paraId="53470D4E" w14:textId="66D02354" w:rsidR="004F1182" w:rsidRPr="00AB7C45" w:rsidRDefault="004F1182" w:rsidP="004F1182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>I am providing consent for the child named above to receive treatment for the condition named above, using the psychotropic medication named above.</w:t>
+              <w:t>I am providing consent for the child named above to receive treatment for the condition named above, using the psychotropic medication named above</w:t>
+            </w:r>
+            <w:r w:rsidR="000B17D8">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, as prescribed by the medical provider named above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB7C45">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="1D3475F9" w14:textId="77777777" w:rsidTr="000E159F">
+      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="1D3475F9" w14:textId="77777777" w:rsidTr="004D0E5B">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64632B5F" w14:textId="3B49C590" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00363944" w:rsidP="004F1182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I have received information describing</w:t>
@@ -1246,75 +1653,82 @@
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What improvements to</w:t>
             </w:r>
             <w:r w:rsidR="001A689A" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> that condition</w:t>
+              <w:t xml:space="preserve"> that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001A689A" w:rsidRPr="00AB7C45">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>condition</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the medication will probably </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> the medication</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>cause</w:t>
+              <w:t xml:space="preserve"> will probably cause</w:t>
             </w:r>
             <w:r w:rsidR="001A689A" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="52DA3636" w14:textId="74B366A6" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="001A689A" w:rsidP="000E159F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
@@ -1551,121 +1965,119 @@
             </w:r>
             <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, if any, and </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>why this medication is recommended</w:t>
             </w:r>
             <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="60C563CC" w14:textId="77777777" w:rsidTr="000E159F">
+      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="60C563CC" w14:textId="77777777" w:rsidTr="004D0E5B">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="009EA24F" w14:textId="2175E764" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00363944" w:rsidP="00EF6787">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">I have </w:t>
             </w:r>
             <w:r w:rsidR="00EF6787" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>had</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the opportunity to ask questions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="02F86738" w14:textId="77777777" w:rsidTr="000E159F">
+      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="02F86738" w14:textId="77777777" w:rsidTr="004D0E5B">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F9284AC" w14:textId="7CCF940A" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00A24814" w:rsidP="00BC7C81">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">I am </w:t>
@@ -1679,66 +2091,65 @@
             </w:r>
             <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> voluntarily and without</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> being pressured to do so</w:t>
             </w:r>
             <w:r w:rsidR="00363944" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="7A0ACF9E" w14:textId="77777777" w:rsidTr="000E159F">
+      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="7A0ACF9E" w14:textId="77777777" w:rsidTr="004D0E5B">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDD7628" w14:textId="4860BCD9" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00363944" w:rsidP="00522E2B">
+          <w:p w14:paraId="7BDD7628" w14:textId="26D3DCDD" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00363944" w:rsidP="00522E2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I understand that I have the right to choose not to consent to this medication</w:t>
             </w:r>
             <w:r w:rsidR="001A689A" w:rsidRPr="00AB7C45">
@@ -1794,76 +2205,89 @@
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidR="001A689A" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rs</w:t>
             </w:r>
             <w:r w:rsidR="00EF6787" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of making that decision</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B17D8">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">after </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF6787" w:rsidRPr="00AB7C45">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>making that decision</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="277445B2" w14:textId="77777777" w:rsidTr="004F1182">
+      <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="277445B2" w14:textId="77777777" w:rsidTr="004D0E5B">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="240"/>
+          <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BCBE09B" w14:textId="4ED618FD" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00363944" w:rsidP="0075430D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">I understand that I have the right to withdraw consent for this </w:t>
@@ -1919,52 +2343,171 @@
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> the child</w:t>
             </w:r>
             <w:r w:rsidR="00A24814" w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s caseworker.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="007E776D" w:rsidRPr="00AB7C45" w14:paraId="278373B2" w14:textId="77777777" w:rsidTr="007E776D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="316"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10924" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="434E2237" w14:textId="73238364" w:rsidR="007E776D" w:rsidRPr="00AB7C45" w:rsidRDefault="007E776D" w:rsidP="00A105CF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="20"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I understand that I </w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">am required </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to use a Star Health covered </w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">harmacy to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>fill</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>prescriptions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the child. I can search for a</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> covered pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="00CA7BBC">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>https://findaprovider.fostercaretx.com/location</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or by </w:t>
+            </w:r>
+            <w:r>
+              <w:t>calling Superior Health Plan at 1-866-912-6283.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32A277A9" w14:textId="7528EC3C" w:rsidR="00EF084C" w:rsidRDefault="00EF084C">
+    <w:p w14:paraId="32A277A9" w14:textId="1CE21CCA" w:rsidR="00EF084C" w:rsidRDefault="00EF084C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -2022,143 +2565,142 @@
             </w:r>
             <w:r w:rsidRPr="006A0B03">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Info. MEDICATIONS PRESCRIBED Section"/>
                   <w:textInput>
                     <w:maxLength w:val="1"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text16"/>
+            <w:bookmarkStart w:id="6" w:name="Text16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF0532" w:rsidRPr="006465BE" w14:paraId="306D973C" w14:textId="77777777" w:rsidTr="00A15948">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36DBF906" w14:textId="362383EF" w:rsidR="00DF0532" w:rsidRPr="006465BE" w:rsidRDefault="00DF0532" w:rsidP="00DF0532">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF0532">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Reason for Visit</w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text13"/>
+            <w:bookmarkStart w:id="7" w:name="Text13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Reason for Visit. Select one."/>
                   <w:textInput>
                     <w:maxLength w:val="1"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -2180,268 +2722,328 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F63BD99" w14:textId="28378D6B" w:rsidR="00DF0532" w:rsidRPr="006465BE" w:rsidRDefault="001B084E" w:rsidP="00DF0532">
+          <w:p w14:paraId="7F63BD99" w14:textId="3A1731A9" w:rsidR="00DF0532" w:rsidRPr="006465BE" w:rsidRDefault="001B084E" w:rsidP="00DF0532">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Texas Health Steps/Routine Visit"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Check1"/>
+            <w:bookmarkStart w:id="8" w:name="Check1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidR="00DF0532" w:rsidRPr="006465BE">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00232370" w:rsidRPr="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Texas Health Steps/Routine Visit</w:t>
-[...5 lines deleted...]
-              <w:tab/>
+              <w:t>Texas Health Steps</w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r w:rsidR="00232370" w:rsidRPr="00232370">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Routine Visit</w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Emergency/Urgent/Sick Visit"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Check2"/>
+            <w:bookmarkStart w:id="9" w:name="Check2"/>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidR="00DF0532" w:rsidRPr="006465BE">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00232370" w:rsidRPr="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Emergency/Urgent/Sick Visit</w:t>
+              <w:t>Emergency</w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00232370" w:rsidRPr="00232370">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Urgent</w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, or </w:t>
+            </w:r>
+            <w:r w:rsidR="00232370" w:rsidRPr="00232370">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Sick Visit</w:t>
             </w:r>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00232370">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="other"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00232370" w:rsidRPr="006465BE">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">Other  </w:t>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00232370">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="other"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
@@ -2489,310 +3091,302 @@
             </w:r>
             <w:r w:rsidR="00232370">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="6B9E5BB3" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AC2DF21" w14:textId="4915F80F" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Medication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CBE2DE0" w14:textId="2126B99D" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Dosage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08BC16C2" w14:textId="7135345D" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00CF6852">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Prescribed For</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08D76181" w14:textId="37E37BC0" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="770D01EF" w14:textId="2D0F33EB" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>New</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="749EF006" w14:textId="3F9C7B5B" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Changed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66ABE5DE" w14:textId="12A190E8" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>Discontinued</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="2A9FFFB8" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A523884" w14:textId="040282A7" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -2850,51 +3444,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F4F0960" w14:textId="0EB35086" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -2952,51 +3545,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46279785" w14:textId="3BCB3801" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -3054,51 +3646,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77EC95AA" w14:textId="3A615E42" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -3156,298 +3747,294 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A369E7B" w14:textId="5C1F2AA9" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="new"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C6ABB1D" w14:textId="7478C944" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="changed"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="159906A1" w14:textId="38A41D6C" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="discontinued"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="7E9CCB07" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5721F648" w14:textId="644E9855" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -3505,51 +4092,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CF20A16" w14:textId="1024DC6E" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -3607,51 +4193,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C79D757" w14:textId="7E30501B" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -3709,51 +4294,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69470D47" w14:textId="4469E4A4" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -3811,298 +4395,294 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65D5538D" w14:textId="6BCFCE67" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="new"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43F3449B" w14:textId="374854BD" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="changed"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="669BB5DD" w14:textId="78A068EC" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="discontinued"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="40BD7B63" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6025D363" w14:textId="3636D23E" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4160,51 +4740,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="262B62F2" w14:textId="712920D4" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4262,51 +4841,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="697F998E" w14:textId="1E7E2288" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4364,51 +4942,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F32CCE7" w14:textId="2D7544A4" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4466,298 +5043,294 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AEB9E79" w14:textId="1E2E3523" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="new"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C2B58A7" w14:textId="6CE7B3CB" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="changed"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25F4F090" w14:textId="3CE60D83" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="discontinued"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="3236F0F7" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40334BD9" w14:textId="702C546F" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4815,51 +5388,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AF1973B" w14:textId="51DD600C" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4917,51 +5489,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71436C47" w14:textId="67FF85A8" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5019,51 +5590,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="429DC253" w14:textId="06D711FC" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5121,298 +5691,294 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3934BE99" w14:textId="6DB952F5" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="new"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3780C242" w14:textId="0FE96A7C" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="changed"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61A92D2D" w14:textId="60A12418" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="discontinued"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="42178849" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00C6F080" w14:textId="6FB02433" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5470,51 +6036,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B051DE3" w14:textId="34BA9017" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5572,51 +6137,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E5880EE" w14:textId="50B77E75" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5674,51 +6238,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64570C64" w14:textId="03D9B230" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5776,298 +6339,294 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A8341AD" w14:textId="79B079A3" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="new"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="187B7286" w14:textId="08A6D4B7" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="changed"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52E54F14" w14:textId="20F28DD4" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="discontinued"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="7CF1ED37" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BD42014" w14:textId="5369BEB9" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6125,51 +6684,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33DF64A6" w14:textId="74369320" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6227,51 +6785,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C2515CA" w14:textId="2A7B3515" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6329,51 +6886,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55C1A5EC" w14:textId="51959368" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6431,298 +6987,294 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="010729C7" w14:textId="02374D24" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="new"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0ADA5F02" w14:textId="033B36C4" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="changed"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="767B8D8A" w14:textId="1437C114" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="discontinued"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="50A92F75" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="682645CC" w14:textId="1AC6A556" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6780,51 +7332,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F5095D4" w14:textId="6CB72B7B" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6882,51 +7433,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71909D03" w14:textId="53B033A8" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6984,51 +7534,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53E4625E" w14:textId="7244F0EB" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -7086,298 +7635,294 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B9E87BC" w14:textId="1E971959" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="new"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BCA4477" w14:textId="11B0BF38" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="changed"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69B144CC" w14:textId="39F6E58C" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="discontinued"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF6852" w:rsidRPr="006465BE" w14:paraId="1D8E54CF" w14:textId="77777777" w:rsidTr="00CF6852">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="058E842F" w14:textId="51C19DD2" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -7435,51 +7980,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4771A909" w14:textId="4A0C0D70" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -7537,51 +8081,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E6E8D51" w14:textId="29BA8362" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -7639,51 +8182,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22304E78" w14:textId="59DB560A" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -7741,264 +8283,261 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="323F16C1" w14:textId="25B438D0" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="new"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3958B6B1" w14:textId="44A47BCC" w:rsidR="00CF6852" w:rsidRPr="001D56F9" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="changed"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1435" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B657035" w14:textId="4FD0F810" w:rsidR="00CF6852" w:rsidRDefault="00CF6852" w:rsidP="00ED7C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="discontinued"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="003000AA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="10"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3DFBA94A" w14:textId="7A9A6082" w:rsidR="00DF0532" w:rsidRDefault="00DF0532">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -8069,90 +8608,104 @@
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIVACY STATEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00722B93" w:rsidRPr="00AB7C45" w14:paraId="29A15A31" w14:textId="77777777" w:rsidTr="00AB7C45">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B58D2F2" w14:textId="77777777" w:rsidR="00722B93" w:rsidRPr="00AB7C45" w:rsidRDefault="00CD1B36" w:rsidP="00CD1B36">
+          <w:p w14:paraId="4B58D2F2" w14:textId="7B037CF7" w:rsidR="00722B93" w:rsidRPr="00AB7C45" w:rsidRDefault="00CD1B36" w:rsidP="00CD1B36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">DFPS values your privacy. For more information, read our </w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="00AB7C45">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Privacy and Security Policy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00AB7C45">
-[...3 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00713F41" w:rsidRPr="00013696">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>https://www.dfps.texas.gov/policies/Website/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00713F41">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E0DE032" w14:textId="77777777" w:rsidR="00EF084C" w:rsidRPr="00AB7C45" w:rsidRDefault="00EF084C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -8187,51 +8740,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MEDICAL CONSENTER’S SIGNATURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008916AC" w:rsidRPr="00AB7C45" w14:paraId="0A1B03CE" w14:textId="77777777" w:rsidTr="004F1182">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EC0647A" w14:textId="187076B3" w:rsidR="008916AC" w:rsidRPr="00AB7C45" w:rsidRDefault="008916AC" w:rsidP="004F1182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Printed Name of Medical Consenter:</w:t>
@@ -8248,51 +8800,51 @@
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="printed name medical consenter"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text41"/>
+            <w:bookmarkStart w:id="10" w:name="Text41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
@@ -8316,68 +8868,67 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363944" w:rsidRPr="00AB7C45" w14:paraId="39E30AC4" w14:textId="77777777" w:rsidTr="008916AC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="496DB29A" w14:textId="3EEDE4C1" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="008916AC" w:rsidP="004F1182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature of </w:t>
@@ -8413,51 +8964,51 @@
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Signature printed name medical consenter"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text21"/>
+            <w:bookmarkStart w:id="11" w:name="Text21"/>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CF6852">
@@ -8472,63 +9023,62 @@
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CF6852">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2706" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FB9D721" w14:textId="77777777" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00363944" w:rsidP="004F1182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB7C45">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date Signed:</w:t>
@@ -8545,51 +9095,51 @@
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="date signed"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text42"/>
+            <w:bookmarkStart w:id="12" w:name="Text42"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
@@ -8613,667 +9163,104 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5620DC77" w14:textId="77777777" w:rsidR="00363944" w:rsidRPr="00AB7C45" w:rsidRDefault="00363944">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...562 lines deleted...]
-        <w:pStyle w:val="CommentText"/>
+    <w:p w14:paraId="19CA607E" w14:textId="05DF54F7" w:rsidR="007A628E" w:rsidRPr="00AB7C45" w:rsidRDefault="007A628E" w:rsidP="00713F41">
+      <w:pPr>
         <w:rPr>
           <w:i/>
           <w:color w:val="1F497D"/>
-          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007A628E" w:rsidRPr="00AB7C45" w:rsidSect="007A628E">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38CFE1AD" w14:textId="77777777" w:rsidR="004F1182" w:rsidRDefault="004F1182">
+    <w:p w14:paraId="763EC587" w14:textId="77777777" w:rsidR="004A3C07" w:rsidRDefault="004A3C07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E96ACDD" w14:textId="77777777" w:rsidR="004F1182" w:rsidRDefault="004F1182">
+    <w:p w14:paraId="0E5F61BE" w14:textId="77777777" w:rsidR="004A3C07" w:rsidRDefault="004A3C07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9292,72 +9279,72 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74586F49" w14:textId="77777777" w:rsidR="004F1182" w:rsidRPr="00FD4068" w:rsidRDefault="004F1182" w:rsidP="00C81C82">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0009048E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="0009048E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0009048E">
@@ -9424,70 +9411,70 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C66CA0">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="0009048E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59BD5F2E" w14:textId="77777777" w:rsidR="004F1182" w:rsidRDefault="004F1182">
+    <w:p w14:paraId="17CAAECD" w14:textId="77777777" w:rsidR="004A3C07" w:rsidRDefault="004A3C07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0773D775" w14:textId="77777777" w:rsidR="004F1182" w:rsidRDefault="004F1182">
+    <w:p w14:paraId="12710AEA" w14:textId="77777777" w:rsidR="004A3C07" w:rsidRDefault="004A3C07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E20B7DF" w14:textId="77777777" w:rsidR="004F1182" w:rsidRDefault="004F1182" w:rsidP="00870B2A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="783ACC23" w14:textId="77777777" w:rsidR="004F1182" w:rsidRPr="00EA6E72" w:rsidRDefault="004F1182" w:rsidP="00870B2A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
@@ -9566,103 +9553,110 @@
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00DA3287">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
     <w:r w:rsidRPr="00CF6852">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>K-905-4526</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="02B64ABD" w14:textId="0499563A" w:rsidR="004F1182" w:rsidRPr="00EA6E72" w:rsidRDefault="00EA6E72" w:rsidP="009C69EA">
+  <w:p w14:paraId="02B64ABD" w14:textId="55EB20EE" w:rsidR="004F1182" w:rsidRPr="00EA6E72" w:rsidRDefault="00EA6E72" w:rsidP="009C69EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="60"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EA6E72">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidR="00232370">
+    <w:r w:rsidR="002E2BA2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">October 2023 </w:t>
+      <w:t>January 2026</w:t>
+    </w:r>
+    <w:r w:rsidR="00232370">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="265DD70E" w14:textId="77777777" w:rsidR="004F1182" w:rsidRPr="00DA3287" w:rsidRDefault="004F1182" w:rsidP="009C69EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="60"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="014E4976"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="001210F8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12850,545 +12844,573 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1055813938">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="208953899">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="741371711">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1062095736">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2022389379">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="570236092">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="496384270">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="864291933">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1711414814">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1768304504">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1319961773">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="748699709">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="655181477">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="637685066">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1187215932">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1284535178">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1993750123">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="710308057">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1892303042">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1312783368">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1908222452">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1947351610">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1146363347">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="2046638055">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="HNqP46D0Tt6qy/oMv0J65YrlV6rGOcUSOYSmOgar2gT8bAl0EX/57ipGKsNymS1zdGn8Fgzx6tNK+woPukYBMw==" w:salt="eoTtE1/Tc0Gbil6GNEI1fw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fuhYDEsqJMKRDBFdqzvmypkziKwtGkL7iEfwXsRhPAab3hzBmmRDfPi2yxCXggqC8Voj6xyNqYACyQAzy1q3oQ==" w:salt="FSa/LT1xUxwo893f57CzVw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001474DE"/>
     <w:rsid w:val="00020D4F"/>
     <w:rsid w:val="000216C2"/>
     <w:rsid w:val="000278B6"/>
     <w:rsid w:val="000324FB"/>
     <w:rsid w:val="000463D7"/>
     <w:rsid w:val="000517A7"/>
     <w:rsid w:val="00055A19"/>
     <w:rsid w:val="00055D07"/>
     <w:rsid w:val="000614E9"/>
     <w:rsid w:val="000744BF"/>
     <w:rsid w:val="00075AEA"/>
     <w:rsid w:val="00077C1C"/>
     <w:rsid w:val="000879E5"/>
     <w:rsid w:val="00087F58"/>
     <w:rsid w:val="0009048E"/>
     <w:rsid w:val="00094EFF"/>
     <w:rsid w:val="00095124"/>
     <w:rsid w:val="00095312"/>
     <w:rsid w:val="000970F2"/>
     <w:rsid w:val="000A4946"/>
     <w:rsid w:val="000A7711"/>
+    <w:rsid w:val="000B17D8"/>
     <w:rsid w:val="000B7683"/>
     <w:rsid w:val="000E159F"/>
     <w:rsid w:val="000E26D4"/>
     <w:rsid w:val="000F058D"/>
     <w:rsid w:val="000F328C"/>
     <w:rsid w:val="00100948"/>
     <w:rsid w:val="00103364"/>
     <w:rsid w:val="0010475B"/>
     <w:rsid w:val="001216D8"/>
     <w:rsid w:val="00122E08"/>
     <w:rsid w:val="00123A45"/>
     <w:rsid w:val="00124B4D"/>
     <w:rsid w:val="00134245"/>
     <w:rsid w:val="001423C6"/>
     <w:rsid w:val="001443F9"/>
     <w:rsid w:val="001474DE"/>
     <w:rsid w:val="00164031"/>
     <w:rsid w:val="001728B6"/>
     <w:rsid w:val="00176592"/>
     <w:rsid w:val="001A6637"/>
     <w:rsid w:val="001A6663"/>
     <w:rsid w:val="001A689A"/>
     <w:rsid w:val="001B084E"/>
     <w:rsid w:val="001B0DA5"/>
     <w:rsid w:val="001B16A1"/>
     <w:rsid w:val="001B2214"/>
     <w:rsid w:val="001B4955"/>
     <w:rsid w:val="001D3471"/>
     <w:rsid w:val="001D4FEF"/>
     <w:rsid w:val="001D56F9"/>
     <w:rsid w:val="00201DF3"/>
     <w:rsid w:val="00203DB0"/>
     <w:rsid w:val="00216052"/>
+    <w:rsid w:val="00224480"/>
     <w:rsid w:val="00224482"/>
     <w:rsid w:val="00225A59"/>
     <w:rsid w:val="00232370"/>
     <w:rsid w:val="00246A38"/>
     <w:rsid w:val="002501FE"/>
     <w:rsid w:val="002645EF"/>
     <w:rsid w:val="00270D09"/>
     <w:rsid w:val="002838E8"/>
     <w:rsid w:val="00284AF2"/>
     <w:rsid w:val="00284CDB"/>
     <w:rsid w:val="002916CF"/>
     <w:rsid w:val="002970DA"/>
+    <w:rsid w:val="002B3130"/>
     <w:rsid w:val="002B55B7"/>
     <w:rsid w:val="002B6027"/>
     <w:rsid w:val="002D3E8D"/>
     <w:rsid w:val="002D4337"/>
+    <w:rsid w:val="002E2BA2"/>
     <w:rsid w:val="002E45EC"/>
     <w:rsid w:val="002F1C29"/>
     <w:rsid w:val="002F3A22"/>
     <w:rsid w:val="003000AA"/>
     <w:rsid w:val="00300BE7"/>
     <w:rsid w:val="00300EA6"/>
     <w:rsid w:val="00303FCF"/>
     <w:rsid w:val="00307286"/>
     <w:rsid w:val="00312C70"/>
     <w:rsid w:val="003130C6"/>
     <w:rsid w:val="00332197"/>
     <w:rsid w:val="0033561D"/>
     <w:rsid w:val="003410E9"/>
+    <w:rsid w:val="003513C3"/>
     <w:rsid w:val="0035476B"/>
     <w:rsid w:val="00356119"/>
     <w:rsid w:val="00363944"/>
     <w:rsid w:val="003710C2"/>
     <w:rsid w:val="003743C4"/>
     <w:rsid w:val="00381C58"/>
     <w:rsid w:val="00387B3A"/>
     <w:rsid w:val="003937F5"/>
     <w:rsid w:val="003A53C8"/>
     <w:rsid w:val="003B5A6F"/>
     <w:rsid w:val="003C5A24"/>
     <w:rsid w:val="003C62C0"/>
     <w:rsid w:val="003C719C"/>
     <w:rsid w:val="003D1A38"/>
     <w:rsid w:val="003F0C11"/>
     <w:rsid w:val="003F15D1"/>
     <w:rsid w:val="003F27A8"/>
     <w:rsid w:val="003F7785"/>
     <w:rsid w:val="00417136"/>
     <w:rsid w:val="00417F9C"/>
     <w:rsid w:val="00430D52"/>
     <w:rsid w:val="00433C2A"/>
     <w:rsid w:val="00445A41"/>
     <w:rsid w:val="004517DE"/>
     <w:rsid w:val="00455047"/>
     <w:rsid w:val="00461762"/>
     <w:rsid w:val="00470565"/>
     <w:rsid w:val="00471D34"/>
     <w:rsid w:val="00475277"/>
     <w:rsid w:val="00482120"/>
     <w:rsid w:val="004A032E"/>
+    <w:rsid w:val="004A3C07"/>
     <w:rsid w:val="004B2209"/>
     <w:rsid w:val="004B7295"/>
     <w:rsid w:val="004C70E6"/>
+    <w:rsid w:val="004D0E5B"/>
+    <w:rsid w:val="004F04AB"/>
     <w:rsid w:val="004F1182"/>
     <w:rsid w:val="004F7491"/>
     <w:rsid w:val="00504900"/>
     <w:rsid w:val="00506BF4"/>
     <w:rsid w:val="00512EC2"/>
     <w:rsid w:val="00517789"/>
     <w:rsid w:val="00520008"/>
     <w:rsid w:val="00521E53"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052498A"/>
+    <w:rsid w:val="00526FC4"/>
     <w:rsid w:val="00527D6D"/>
     <w:rsid w:val="00541318"/>
     <w:rsid w:val="00545365"/>
     <w:rsid w:val="005539FD"/>
     <w:rsid w:val="00554845"/>
     <w:rsid w:val="0056693A"/>
     <w:rsid w:val="00570B3B"/>
     <w:rsid w:val="005748CB"/>
     <w:rsid w:val="00576B4E"/>
     <w:rsid w:val="00580A4F"/>
     <w:rsid w:val="0058457F"/>
     <w:rsid w:val="00587D55"/>
     <w:rsid w:val="00591350"/>
     <w:rsid w:val="00592DC9"/>
     <w:rsid w:val="00595C4B"/>
     <w:rsid w:val="00595CE9"/>
     <w:rsid w:val="005A2A75"/>
     <w:rsid w:val="005A52C3"/>
     <w:rsid w:val="005B028B"/>
     <w:rsid w:val="005B53CF"/>
+    <w:rsid w:val="005B5A02"/>
     <w:rsid w:val="005C1685"/>
     <w:rsid w:val="005D2C26"/>
     <w:rsid w:val="005D2EEA"/>
     <w:rsid w:val="005D3D8C"/>
     <w:rsid w:val="005D4E3F"/>
     <w:rsid w:val="005D7A75"/>
     <w:rsid w:val="005E4435"/>
     <w:rsid w:val="00600651"/>
     <w:rsid w:val="006043FC"/>
     <w:rsid w:val="0061202B"/>
+    <w:rsid w:val="00613B25"/>
     <w:rsid w:val="00630572"/>
     <w:rsid w:val="00637243"/>
     <w:rsid w:val="006465BE"/>
     <w:rsid w:val="006468F0"/>
     <w:rsid w:val="006608AC"/>
     <w:rsid w:val="00666E6A"/>
+    <w:rsid w:val="00675F21"/>
     <w:rsid w:val="00677AF1"/>
     <w:rsid w:val="00682B3A"/>
     <w:rsid w:val="00693632"/>
     <w:rsid w:val="00696467"/>
     <w:rsid w:val="006A0B03"/>
     <w:rsid w:val="006A2310"/>
     <w:rsid w:val="006A24D0"/>
     <w:rsid w:val="006A79D8"/>
     <w:rsid w:val="006B5423"/>
     <w:rsid w:val="006B7C63"/>
     <w:rsid w:val="006C31A4"/>
     <w:rsid w:val="006D14F5"/>
     <w:rsid w:val="006E5A59"/>
     <w:rsid w:val="006F7F10"/>
     <w:rsid w:val="007016C0"/>
     <w:rsid w:val="0070219B"/>
     <w:rsid w:val="00711244"/>
+    <w:rsid w:val="00713F41"/>
     <w:rsid w:val="00720A90"/>
     <w:rsid w:val="00722B93"/>
     <w:rsid w:val="007237ED"/>
     <w:rsid w:val="00726878"/>
     <w:rsid w:val="00726D29"/>
     <w:rsid w:val="00730D51"/>
     <w:rsid w:val="00732B0A"/>
     <w:rsid w:val="00737E48"/>
     <w:rsid w:val="00740BF0"/>
     <w:rsid w:val="0074267B"/>
     <w:rsid w:val="00744C29"/>
     <w:rsid w:val="0075430D"/>
     <w:rsid w:val="00757B81"/>
     <w:rsid w:val="0076541C"/>
     <w:rsid w:val="00771EF3"/>
+    <w:rsid w:val="0077257E"/>
     <w:rsid w:val="00774B12"/>
     <w:rsid w:val="00780AF0"/>
+    <w:rsid w:val="00793674"/>
     <w:rsid w:val="007A628E"/>
     <w:rsid w:val="007A6BA4"/>
     <w:rsid w:val="007B12B3"/>
+    <w:rsid w:val="007C00E2"/>
     <w:rsid w:val="007D5429"/>
     <w:rsid w:val="007E3D61"/>
+    <w:rsid w:val="007E776D"/>
     <w:rsid w:val="007F7443"/>
     <w:rsid w:val="0080343E"/>
     <w:rsid w:val="0081106D"/>
     <w:rsid w:val="00811CE9"/>
     <w:rsid w:val="00820F27"/>
+    <w:rsid w:val="00823B31"/>
     <w:rsid w:val="00824CC3"/>
     <w:rsid w:val="0083137B"/>
     <w:rsid w:val="00844FB0"/>
     <w:rsid w:val="00850260"/>
     <w:rsid w:val="00870B2A"/>
+    <w:rsid w:val="0087599A"/>
     <w:rsid w:val="008916AC"/>
     <w:rsid w:val="008B64E6"/>
     <w:rsid w:val="008D0620"/>
     <w:rsid w:val="008D12D5"/>
     <w:rsid w:val="008E15B8"/>
     <w:rsid w:val="008E4C05"/>
     <w:rsid w:val="00903B13"/>
     <w:rsid w:val="00904532"/>
     <w:rsid w:val="00904718"/>
     <w:rsid w:val="00917D87"/>
     <w:rsid w:val="00926594"/>
     <w:rsid w:val="0092774A"/>
+    <w:rsid w:val="009310E7"/>
     <w:rsid w:val="00935348"/>
     <w:rsid w:val="00962712"/>
     <w:rsid w:val="00963029"/>
     <w:rsid w:val="0096435A"/>
     <w:rsid w:val="009669F0"/>
     <w:rsid w:val="0098601C"/>
     <w:rsid w:val="00987E89"/>
     <w:rsid w:val="009B60BB"/>
     <w:rsid w:val="009C1C61"/>
     <w:rsid w:val="009C69EA"/>
     <w:rsid w:val="009D24A9"/>
+    <w:rsid w:val="009D5ED1"/>
     <w:rsid w:val="009E28C4"/>
     <w:rsid w:val="009E3C80"/>
     <w:rsid w:val="00A03BB9"/>
     <w:rsid w:val="00A04D65"/>
     <w:rsid w:val="00A07CE4"/>
     <w:rsid w:val="00A1180F"/>
     <w:rsid w:val="00A154A1"/>
     <w:rsid w:val="00A21A4D"/>
     <w:rsid w:val="00A21F59"/>
     <w:rsid w:val="00A22F3F"/>
     <w:rsid w:val="00A24814"/>
     <w:rsid w:val="00A3655E"/>
     <w:rsid w:val="00A40277"/>
     <w:rsid w:val="00A41456"/>
     <w:rsid w:val="00A4158A"/>
+    <w:rsid w:val="00A57299"/>
     <w:rsid w:val="00A57E08"/>
     <w:rsid w:val="00A62E70"/>
     <w:rsid w:val="00A63DD6"/>
     <w:rsid w:val="00A73392"/>
     <w:rsid w:val="00A76CF7"/>
     <w:rsid w:val="00A81BA9"/>
     <w:rsid w:val="00A85556"/>
     <w:rsid w:val="00AA4359"/>
     <w:rsid w:val="00AB4FBB"/>
     <w:rsid w:val="00AB7C45"/>
     <w:rsid w:val="00AD111C"/>
     <w:rsid w:val="00B055F4"/>
     <w:rsid w:val="00B367DD"/>
     <w:rsid w:val="00B526F7"/>
+    <w:rsid w:val="00B52CE0"/>
     <w:rsid w:val="00B719ED"/>
     <w:rsid w:val="00B75ABD"/>
     <w:rsid w:val="00B848A1"/>
     <w:rsid w:val="00BB1152"/>
     <w:rsid w:val="00BB142E"/>
     <w:rsid w:val="00BC4BFF"/>
     <w:rsid w:val="00BC7C81"/>
     <w:rsid w:val="00BE0B40"/>
     <w:rsid w:val="00BE0D8B"/>
     <w:rsid w:val="00BE6AB2"/>
     <w:rsid w:val="00BF229A"/>
     <w:rsid w:val="00BF4D6F"/>
     <w:rsid w:val="00C15AE1"/>
     <w:rsid w:val="00C20AC8"/>
     <w:rsid w:val="00C21566"/>
+    <w:rsid w:val="00C21B8A"/>
     <w:rsid w:val="00C21F51"/>
     <w:rsid w:val="00C578D0"/>
+    <w:rsid w:val="00C60419"/>
     <w:rsid w:val="00C61160"/>
     <w:rsid w:val="00C66CA0"/>
     <w:rsid w:val="00C80341"/>
     <w:rsid w:val="00C81C82"/>
     <w:rsid w:val="00C81D73"/>
     <w:rsid w:val="00C92B0B"/>
     <w:rsid w:val="00C96B61"/>
     <w:rsid w:val="00C978C5"/>
     <w:rsid w:val="00CA777E"/>
     <w:rsid w:val="00CB4A85"/>
     <w:rsid w:val="00CC3E18"/>
     <w:rsid w:val="00CD1B36"/>
     <w:rsid w:val="00CD1B3A"/>
     <w:rsid w:val="00CE5ECA"/>
     <w:rsid w:val="00CF6852"/>
     <w:rsid w:val="00D04284"/>
     <w:rsid w:val="00D04F5F"/>
     <w:rsid w:val="00D073EB"/>
     <w:rsid w:val="00D20507"/>
+    <w:rsid w:val="00D25542"/>
     <w:rsid w:val="00D278A3"/>
     <w:rsid w:val="00D3142B"/>
     <w:rsid w:val="00D36F6A"/>
     <w:rsid w:val="00D55296"/>
     <w:rsid w:val="00D669C8"/>
+    <w:rsid w:val="00D86C04"/>
     <w:rsid w:val="00D92D4A"/>
     <w:rsid w:val="00DA3287"/>
     <w:rsid w:val="00DB77EB"/>
     <w:rsid w:val="00DC5CF8"/>
     <w:rsid w:val="00DD4EDD"/>
     <w:rsid w:val="00DD53EA"/>
     <w:rsid w:val="00DE5D08"/>
     <w:rsid w:val="00DF0532"/>
     <w:rsid w:val="00DF6379"/>
     <w:rsid w:val="00DF786C"/>
     <w:rsid w:val="00E01697"/>
     <w:rsid w:val="00E01A74"/>
     <w:rsid w:val="00E0401D"/>
     <w:rsid w:val="00E04945"/>
     <w:rsid w:val="00E24822"/>
     <w:rsid w:val="00E33E3C"/>
     <w:rsid w:val="00E350FC"/>
     <w:rsid w:val="00E43F8A"/>
     <w:rsid w:val="00E47259"/>
     <w:rsid w:val="00E5089E"/>
     <w:rsid w:val="00E53EA0"/>
     <w:rsid w:val="00E62561"/>
     <w:rsid w:val="00E70994"/>
     <w:rsid w:val="00E819C3"/>
     <w:rsid w:val="00E8281F"/>
     <w:rsid w:val="00E9359C"/>
     <w:rsid w:val="00EA6A25"/>
     <w:rsid w:val="00EA6E72"/>
     <w:rsid w:val="00EB02FC"/>
     <w:rsid w:val="00EE5705"/>
     <w:rsid w:val="00EF084C"/>
     <w:rsid w:val="00EF6787"/>
     <w:rsid w:val="00EF6BDD"/>
     <w:rsid w:val="00F07BBB"/>
     <w:rsid w:val="00F155CA"/>
     <w:rsid w:val="00F24569"/>
     <w:rsid w:val="00F3175F"/>
     <w:rsid w:val="00F35738"/>
     <w:rsid w:val="00F7129A"/>
     <w:rsid w:val="00F75F9D"/>
     <w:rsid w:val="00F86B24"/>
     <w:rsid w:val="00F87249"/>
+    <w:rsid w:val="00FA1592"/>
     <w:rsid w:val="00FA3099"/>
     <w:rsid w:val="00FA5545"/>
     <w:rsid w:val="00FB34F3"/>
     <w:rsid w:val="00FC24FE"/>
     <w:rsid w:val="00FD4068"/>
     <w:rsid w:val="00FE2F6A"/>
     <w:rsid w:val="00FE6FE5"/>
     <w:rsid w:val="00FF713D"/>
     <w:rsid w:val="00FF751B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1B7E815C"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13720,51 +13742,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A53C8"/>
+    <w:rsid w:val="00793674"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="003A53C8"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -14119,55 +14141,67 @@
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="003A53C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:bCs/>
       <w:smallCaps/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00363944"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00823B31"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="159776929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="222252123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14196,51 +14230,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1241528462">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfps.state.tx.us/policies/Website/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfps.texas.gov/policies/Website/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://findaprovider.fostercaretx.com/location" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfps.texas.gov/policies/Website/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -14493,75 +14527,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>675</Words>
-  <Characters>3850</Characters>
+  <Words>708</Words>
+  <Characters>4041</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4516</CharactersWithSpaces>
+  <CharactersWithSpaces>4740</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>7471169</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>123</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://intranet/CPI/Handbooks_and_Operating_Policies/Operations_Division/documents/OP-4107_Requirements for Including Signature Blocks on Forms.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1114132</vt:i4>
       </vt:variant>
       <vt:variant>