--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -214,51 +214,51 @@
       <w:r w:rsidRPr="00A948A3">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> regarding </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">the completion of </w:t>
       </w:r>
       <w:r w:rsidRPr="00A948A3">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>this form</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. Provide a copy to participants after completion of this form. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552DFAA5" w14:textId="77777777" w:rsidR="00FA3FFC" w:rsidRPr="00A948A3" w:rsidRDefault="00FA3FFC" w:rsidP="00FA3FFC">
+    <w:p w14:paraId="552DFAA5" w14:textId="17A97AC2" w:rsidR="00FA3FFC" w:rsidRPr="00A948A3" w:rsidRDefault="00FA3FFC" w:rsidP="00FA3FFC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="662"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:smallCaps w:val="0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Instructions for Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE1F56">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:smallCaps w:val="0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A948A3">
         <w:rPr>
@@ -291,3411 +291,4706 @@
         </w:rPr>
         <w:t xml:space="preserve"> instructions </w:t>
       </w:r>
       <w:r w:rsidRPr="00A948A3">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">regarding </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">the completion of </w:t>
       </w:r>
       <w:r w:rsidRPr="00A948A3">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>this form</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Provide a copy to </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00E94BB1" w:rsidRPr="00E94BB1">
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...1402 lines deleted...]
-        <w:br w:type="page"/>
+        <w:t>Provide a copy to parent/caregiver signees and the CPS caseworker after completion of this form.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10070"/>
+        <w:gridCol w:w="2251"/>
+        <w:gridCol w:w="934"/>
+        <w:gridCol w:w="91"/>
+        <w:gridCol w:w="886"/>
+        <w:gridCol w:w="538"/>
+        <w:gridCol w:w="1436"/>
+        <w:gridCol w:w="655"/>
+        <w:gridCol w:w="3279"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="636AD27D" w14:textId="77777777" w:rsidTr="007B6CEB">
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="006465BE" w14:paraId="66CA0D99" w14:textId="77777777" w:rsidTr="00327558">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="728B41DE" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="006465BE" w:rsidRDefault="005E383C" w:rsidP="007B6CEB">
+          <w:p w14:paraId="5981E20E" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="006465BE" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E4297">
+              <w:rPr>
+                <w:rStyle w:val="Heading2Char"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Section A: Conference information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Info. Parent or Guardian Information Section"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w14:paraId="4D833D2F" w14:textId="77777777" w:rsidTr="00327558">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7078909A" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
-              <w:spacing w:before="60"/>
-[...2 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005701EC">
-[...14 lines deleted...]
-              <w:t>Conditions of Participation / Privacy Agreement</w:t>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Conference Date:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Enter Conference Date"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="949" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5064F8" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Start Time: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Enter Start time of conference"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="980" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="133E7635" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">End Time:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="enter end time of conference"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1953" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E49893F" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:ind w:right="-432"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Permanency Conference Type:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4623265B" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:ind w:right="-432"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text38"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="enter one of the following:   Enter one:  TMC Initial  TMC 5th Month  TMC 9th Month  TMC Other  PMC Initial  PMC Annual  PMC Other  "/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="75230DC7" w14:textId="77777777" w:rsidTr="009A63DA">
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w14:paraId="2028DC71" w14:textId="77777777" w:rsidTr="00327558">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1627" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECF22E5" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Case Name:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B7A7778" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text26"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="14460CFD" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Case </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text27"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1953" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6D09F2" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Location</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Meeting</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1823600F" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text28"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w14:paraId="6E5CAA11" w14:textId="77777777" w:rsidTr="00327558">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9DAF58" w14:textId="091BB140" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Parents' Names</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text29"/>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w14:paraId="2470B520" w14:textId="77777777" w:rsidTr="00327558">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F54BFA" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Children's Names: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text30"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w14:paraId="303A212D" w14:textId="77777777" w:rsidTr="00327558">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2334" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E1577B" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Facilitator's Name: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text31"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2666" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E5CEC4" w14:textId="66619A9C" w:rsidR="00DE2A0C" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caseworker's Name: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text32"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E2BB5" w:rsidRPr="00DD4CF2" w14:paraId="021B73D4" w14:textId="77777777" w:rsidTr="00327558">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2334" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="139881C7" w14:textId="79FD3F0C" w:rsidR="008E2BB5" w:rsidRPr="00FB2B1D" w:rsidRDefault="00FB2B1D" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB2B1D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Supervisor’s</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2BB5" w:rsidRPr="00FB2B1D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB2B1D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2666" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB76145" w14:textId="35977826" w:rsidR="008E2BB5" w:rsidRPr="00FB2B1D" w:rsidRDefault="00FB2B1D" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB2B1D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Unit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="006465BE" w14:paraId="3F4A950D" w14:textId="77777777" w:rsidTr="00327558">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="305"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
+          </w:tcPr>
+          <w:p w14:paraId="41178B5F" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="006465BE" w:rsidRDefault="00B57C04" w:rsidP="00327558">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2520"/>
+                <w:tab w:val="left" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E4297">
+              <w:rPr>
+                <w:rStyle w:val="Heading2Char"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Section B: Conditions of Participation / Privacy Agreement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Info. Parent or Guardian Information Section"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="00077FC6" w14:paraId="0F9D3F83" w14:textId="77777777" w:rsidTr="00327558">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="1419F488" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="005701EC" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="2B44EFE3" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DA10D4" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6165"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
-              <w:spacing w:before="120"/>
               <w:ind w:right="-432"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005701EC">
+            <w:r w:rsidRPr="00DA10D4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>By taking part in the Conference, I agree to these terms:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42C6C732" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="005701EC" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="0EB39AFB" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DA10D4" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="-432" w:right="-432"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5ED48F12" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="009A63DA" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="1B4D358D" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="009A63DA" w:rsidRDefault="00B57C04" w:rsidP="00B57C04">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="547" w:right="432"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D43927">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> this case.  I will not share information with anyone </w:t>
+              <w:t xml:space="preserve">I will protect everyone's privacy in this case.  I will not share information with anyone </w:t>
             </w:r>
             <w:r w:rsidRPr="009A63DA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">except Conference participants or staff of the agencies they represent. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B819170" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00DD4CF2" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="7C0C15B2" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="540" w:right="-432" w:hanging="360"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54B53EBE" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="009A63DA" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="76A945B2" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="009A63DA" w:rsidRDefault="00B57C04" w:rsidP="00B57C04">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10035"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="547" w:right="432"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Note:  If any claims of abuse or neglect happen in the Conference, Texas law requires </w:t>
             </w:r>
             <w:r w:rsidRPr="009A63DA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>that they be reported to</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Child Protective Services (CPS).  </w:t>
+              <w:t xml:space="preserve">that they be reported to Child Protective Services (CPS).  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4834DCAF" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00DD4CF2" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="56E3BD91" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="540" w:hanging="360"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2F03015D" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00DD4CF2" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="79EC3FE9" w14:textId="0B4AC8A8" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00B57C04">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="540"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">I will give information if </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F11BE5" w:rsidRPr="00DD4CF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>asked and</w:t>
+            </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>asked, and</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> understand it will stay private.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="215813D2" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00DD4CF2" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="775CBE7C" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="540" w:right="-432" w:hanging="360"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4AFD1A42" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00DD4CF2" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="3C048A2B" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00B57C04">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="547" w:right="432"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Information given could be shared with other professionals to prote</w:t>
             </w:r>
-            <w:r w:rsidR="009A63DA">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ct and care for the child(ren), </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>including doctors, counselors, attorneys, court, caregivers, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AE52DF1" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00DD4CF2" w:rsidRDefault="00932414" w:rsidP="009A63DA">
+          <w:p w14:paraId="1535557C" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00DD4CF2" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="540" w:right="-432" w:hanging="360"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="752059D4" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00077FC6" w:rsidRDefault="00932414" w:rsidP="004B5738">
+          <w:p w14:paraId="3A1D42ED" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00077FC6" w:rsidRDefault="00B57C04" w:rsidP="00B57C04">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="540"/>
+              <w:ind w:left="540" w:right="-432"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">More terms agreed upon by all participants: </w:t>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="00D43927">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text33"/>
-            <w:r w:rsidR="00336A68" w:rsidRPr="000309A8">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="00D43927">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="00D43927">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="000309A8">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="000309A8">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="000309A8">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="000309A8">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="000309A8">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00336A68" w:rsidRPr="00D43927">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...23 lines deleted...]
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="134DC6CD" w14:textId="77777777" w:rsidTr="007B6CEB">
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="006465BE" w14:paraId="20AFEFF5" w14:textId="77777777" w:rsidTr="00327558">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="432"/>
+          <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE1B0F0" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="005701EC" w:rsidRDefault="007D1F55" w:rsidP="007B6CEB">
+          <w:p w14:paraId="1E9A4E06" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="006465BE" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
-              <w:spacing w:before="60"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidR="005E383C" w:rsidRPr="005701EC">
+            <w:r w:rsidRPr="009E4297">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-              <w:t>Participants/Signatures</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Section C: Conference Participants/Signatures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Info. Parent or Guardian Information Section"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="76397DD3" w14:textId="77777777" w:rsidTr="005701EC">
+      <w:tr w:rsidR="00B57C04" w:rsidRPr="00077FC6" w14:paraId="3CE6EC55" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1582" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29D05142" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00077FC6" w:rsidRDefault="00932414" w:rsidP="000D3B87">
+          <w:p w14:paraId="18955130" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00077FC6" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="center" w:pos="1493"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00077FC6">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Print Your Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1790" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37CA1FF4" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00077FC6" w:rsidRDefault="00932414" w:rsidP="005701EC">
-[...130 lines deleted...]
-          <w:p w14:paraId="1D215DE6" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="33586758" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00077FC6" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="40"/>
-              <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00077FC6">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Relationship </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00077FC6">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00077FC6">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Child/Youth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or Family</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1627" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="241C0EEF" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="61816AB1" w14:textId="77777777" w:rsidR="00B57C04" w:rsidRPr="00077FC6" w:rsidRDefault="00B57C04" w:rsidP="00327558">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="40"/>
-              <w:rPr>
-                <w:rFonts w:cs="Calibri"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00077FC6">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="3F4A93D3" w14:textId="77777777" w:rsidTr="005701EC">
-[...3 lines deleted...]
-        </w:trPr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3188"/>
+        <w:gridCol w:w="3607"/>
+        <w:gridCol w:w="3275"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B57C04" w14:paraId="79C1EB46" w14:textId="77777777" w:rsidTr="00327558">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31A78DE8" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="02053F2A" w14:textId="4A53F317" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03FBB88E" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="1E54F046" w14:textId="5C4448C6" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE3C6B2" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="3B9261E2" w14:textId="5BB6571A" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="7F894B87" w14:textId="77777777" w:rsidTr="005701EC">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B57C04" w14:paraId="571421BE" w14:textId="77777777" w:rsidTr="00327558">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B15D48E" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="1F6BC3E8" w14:textId="11A1864F" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F880953" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="04476F48" w14:textId="42A8C4EC" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20DAA8C5" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="4384C205" w14:textId="7D38648C" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="23F0711F" w14:textId="77777777" w:rsidTr="005701EC">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B57C04" w14:paraId="32BF1C3A" w14:textId="77777777" w:rsidTr="00327558">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51238290" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="3A5F4D64" w14:textId="7CAA4D14" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A54A65A" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="7528C739" w14:textId="5F976846" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7EB4F1" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="386FC401" w14:textId="77764278" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="3054708D" w14:textId="77777777" w:rsidTr="005701EC">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B57C04" w14:paraId="33E1A313" w14:textId="77777777" w:rsidTr="00327558">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A307792" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="68AAA9F2" w14:textId="2C5BE3F0" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1067F68E" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="764690B0" w14:textId="4E883DC4" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6A693E" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="0C299FBC" w14:textId="0EE1004A" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="21F93D04" w14:textId="77777777" w:rsidTr="005701EC">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B57C04" w14:paraId="2A4E19B2" w14:textId="77777777" w:rsidTr="00327558">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="326EA2F8" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="7239D715" w14:textId="43BFAEDD" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="596EE473" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="2FFD2FE6" w14:textId="47A5EE9C" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3F0040" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="1F235A5B" w14:textId="68D4D2C0" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="1136F1C5" w14:textId="77777777" w:rsidTr="005701EC">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B57C04" w14:paraId="2AF90D0C" w14:textId="77777777" w:rsidTr="00327558">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71A68AE8" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="113C83D4" w14:textId="2BA4261C" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D2BD8ED" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="599A1E67" w14:textId="17E59C88" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="362DAC47" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="088D2CB7" w14:textId="594938D8" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD4CF2" w:rsidRPr="006465BE" w14:paraId="49EDF436" w14:textId="77777777" w:rsidTr="005701EC">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B57C04" w14:paraId="3A0C4A4A" w14:textId="77777777" w:rsidTr="00327558">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E5BB1B" w14:textId="77777777" w:rsidR="00DD4CF2" w:rsidRPr="001D56F9" w:rsidRDefault="00DD4CF2" w:rsidP="00094EFF">
+          <w:p w14:paraId="2F76516A" w14:textId="5356C122" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F47B88D" w14:textId="77777777" w:rsidR="00DD4CF2" w:rsidRPr="001D56F9" w:rsidRDefault="00DD4CF2" w:rsidP="00094EFF">
+          <w:p w14:paraId="691E10FE" w14:textId="5EB2D257" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7FC67A" w14:textId="77777777" w:rsidR="00DD4CF2" w:rsidRPr="001D56F9" w:rsidRDefault="00DD4CF2" w:rsidP="00094EFF">
+          <w:p w14:paraId="417ED709" w14:textId="2F2D636F" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00932414" w:rsidRPr="006465BE" w14:paraId="0D76328A" w14:textId="77777777" w:rsidTr="005701EC">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B57C04" w14:paraId="17426FBE" w14:textId="77777777" w:rsidTr="00327558">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48BE96CE" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="048AC071" w14:textId="423C21B3" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1801" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52AC38D9" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="001D56F9" w:rsidRDefault="00932414" w:rsidP="00094EFF">
+          <w:p w14:paraId="5A05746F" w14:textId="0D3C31A5" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1821" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3348" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="340DB8C5" w14:textId="77777777" w:rsidR="00DD4CF2" w:rsidRPr="001D56F9" w:rsidRDefault="00DD4CF2" w:rsidP="00094EFF">
+          <w:p w14:paraId="1E50A7CF" w14:textId="7B4C624D" w:rsidR="00B57C04" w:rsidRPr="00D05CEA" w:rsidRDefault="00B70166" w:rsidP="00327558">
             <w:pPr>
-              <w:tabs>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...537 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="279EA758" w14:textId="77777777" w:rsidR="00687876" w:rsidRPr="005701EC" w:rsidRDefault="00687876">
+    <w:p w14:paraId="279EA758" w14:textId="04734F34" w:rsidR="00687876" w:rsidRPr="005701EC" w:rsidRDefault="00687876">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2062"/>
         <w:gridCol w:w="1531"/>
         <w:gridCol w:w="1351"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="574"/>
         <w:gridCol w:w="1690"/>
@@ -3705,51 +5000,50 @@
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="0C86B483" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="005701EC" w:rsidRDefault="005E383C" w:rsidP="000D3B87">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section D: </w:t>
             </w:r>
             <w:r w:rsidR="00932414" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Child </w:t>
             </w:r>
             <w:r w:rsidR="00144A8C" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Placement and Permanency Goal </w:t>
             </w:r>
             <w:r w:rsidR="00932414" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3813,66 +5107,66 @@
           </w:tcPr>
           <w:p w14:paraId="5BE9D737" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00C4746B" w:rsidRDefault="00932414" w:rsidP="00C4746B">
             <w:pPr>
               <w:ind w:left="-63"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C4746B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Date Placed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w14:paraId="34F25117" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00C4746B" w:rsidRDefault="00932414" w:rsidP="00C4746B">
+          <w:p w14:paraId="34F25117" w14:textId="4F008C41" w:rsidR="00932414" w:rsidRPr="00C4746B" w:rsidRDefault="00155454" w:rsidP="00C4746B">
             <w:pPr>
               <w:ind w:left="-63"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C4746B">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>LOC:</w:t>
+              <w:t>T3C Service Package</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="285" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:p w14:paraId="4F1DBFB6" w14:textId="77777777" w:rsidR="00932414" w:rsidRPr="00C4746B" w:rsidRDefault="00932414" w:rsidP="00C4746B">
             <w:pPr>
               <w:ind w:left="-63"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C4746B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Age:</w:t>
             </w:r>
@@ -3930,73 +5224,72 @@
               <w:ind w:left="-63"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C4746B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Permanency Goal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008941D8" w14:paraId="488FB8E0" w14:textId="77777777" w:rsidTr="008F5459">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C9DDD28" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text2"/>
+            <w:bookmarkStart w:id="2" w:name="Text2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4006,104 +5299,103 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-248351054"/>
             <w:placeholder>
               <w:docPart w:val="3BF56E89B82E4BDF87E6FC756190B38B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Kinship Home" w:value="Kinship Home"/>
               <w:listItem w:displayText="Kinship Foster Home" w:value="Kinship Foster Home"/>
               <w:listItem w:displayText="Foster Home" w:value="Foster Home"/>
               <w:listItem w:displayText="Legal Risk Foster Home" w:value="Legal Risk Foster Home"/>
               <w:listItem w:displayText="Group Home" w:value="Group Home"/>
               <w:listItem w:displayText="Residential Treatment Center" w:value="Residential Treatment Center"/>
               <w:listItem w:displayText="Runaway" w:value="Runaway"/>
               <w:listItem w:displayText="Own Home" w:value="Own Home"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="760" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="6F3A0B90" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="671" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20DA90D2" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -4142,96 +5434,94 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...31 lines deleted...]
-                <w:r w:rsidRPr="00713BB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="581" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF2855A" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="001D2A87" w:rsidP="008941D8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="597378823"/>
+                <w:placeholder>
+                  <w:docPart w:val="2D1A47776EC14B7981C5DD4E41CB3148"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Other" w:value="Other"/>
+                  <w:listItem w:displayText="Foster Family Home" w:value="Foster Family Home"/>
+                  <w:listItem w:displayText="GRO Tier I" w:value="GRO Tier I"/>
+                  <w:listItem w:displayText="GRO Tier II" w:value="GRO Tier II"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="008941D8" w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose LOC.</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="285" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21F2CF53" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
@@ -4274,129 +5564,129 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-385421858"/>
             <w:placeholder>
               <w:docPart w:val="F88F9B9271664D1B860F90B4710DE53B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="839" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="7B085FEA" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="2017495344"/>
             <w:placeholder>
               <w:docPart w:val="F946897CC3724CE2BE97B434775887C9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="840" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="0B54A021" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008941D8" w14:paraId="4E076202" w14:textId="77777777" w:rsidTr="008F5459">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CB44DA1" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4457,78 +5747,77 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="1650018201"/>
             <w:placeholder>
               <w:docPart w:val="54A6875A28574594A78FE24718AC3161"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Kinship Home" w:value="Kinship Home"/>
               <w:listItem w:displayText="Kinship Foster Home" w:value="Kinship Foster Home"/>
               <w:listItem w:displayText="Foster Home" w:value="Foster Home"/>
               <w:listItem w:displayText="Legal Risk Foster Home" w:value="Legal Risk Foster Home"/>
               <w:listItem w:displayText="Group Home" w:value="Group Home"/>
               <w:listItem w:displayText="Residential Treatment Center" w:value="Residential Treatment Center"/>
               <w:listItem w:displayText="Runaway" w:value="Runaway"/>
               <w:listItem w:displayText="Own Home" w:value="Own Home"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="760" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="3C12F4AD" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="671" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E416CDC" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -4579,84 +5868,82 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="665526598"/>
             <w:placeholder>
               <w:docPart w:val="68CD9C6A9AD54FEB9B8E578E6B7388D4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
-              <w:listItem w:displayText="Basic" w:value="Basic"/>
-[...2 lines deleted...]
-              <w:listItem w:displayText="Intense" w:value="Intense"/>
+              <w:listItem w:displayText="Foster Family Home" w:value="Foster Family Home"/>
+              <w:listItem w:displayText="GRO Tier I" w:value="GRO Tier I"/>
+              <w:listItem w:displayText="GRO Tier II" w:value="GRO Tier II"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="6EFA0FDB" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose LOC.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="285" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A3F3FE5" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
@@ -4699,129 +5986,129 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1058626096"/>
             <w:placeholder>
               <w:docPart w:val="A8BA1C197ACD4C23B6558722E557B13E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="839" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="3782E712" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-581454319"/>
             <w:placeholder>
               <w:docPart w:val="3785043DB9424386A38E7024CA021F15"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="840" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="33E75DD4" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008941D8" w14:paraId="3299D55C" w14:textId="77777777" w:rsidTr="008F5459">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C47D852" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4882,78 +6169,77 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1279024000"/>
             <w:placeholder>
               <w:docPart w:val="D0882F0FBFE74A098EB757BD69698B64"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Kinship Home" w:value="Kinship Home"/>
               <w:listItem w:displayText="Kinship Foster Home" w:value="Kinship Foster Home"/>
               <w:listItem w:displayText="Foster Home" w:value="Foster Home"/>
               <w:listItem w:displayText="Legal Risk Foster Home" w:value="Legal Risk Foster Home"/>
               <w:listItem w:displayText="Group Home" w:value="Group Home"/>
               <w:listItem w:displayText="Residential Treatment Center" w:value="Residential Treatment Center"/>
               <w:listItem w:displayText="Runaway" w:value="Runaway"/>
               <w:listItem w:displayText="Own Home" w:value="Own Home"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="760" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="3B42835A" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="671" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01B5EB11" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -5004,84 +6290,82 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1855254754"/>
             <w:placeholder>
               <w:docPart w:val="74161936E7294A6BBEE5D4AA28B89C7D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
-              <w:listItem w:displayText="Basic" w:value="Basic"/>
-[...2 lines deleted...]
-              <w:listItem w:displayText="Intense" w:value="Intense"/>
+              <w:listItem w:displayText="Foster Family Home" w:value="Foster Family Home"/>
+              <w:listItem w:displayText="GRO Tier I" w:value="GRO Tier I"/>
+              <w:listItem w:displayText="GRO Tier II" w:value="GRO Tier II"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="3B0796B6" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose LOC.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="285" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D2D8C0D" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
@@ -5124,129 +6408,129 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="1710377725"/>
             <w:placeholder>
               <w:docPart w:val="CA05B68798B6413C9FF4F38E6F0C550D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="839" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="4762A796" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1131165284"/>
             <w:placeholder>
               <w:docPart w:val="36AC478CE8864C1597207360E294A830"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="840" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="2EC40FAB" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008941D8" w14:paraId="51FF98D2" w14:textId="77777777" w:rsidTr="008F5459">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="529AF3C7" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5307,78 +6591,77 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-602265412"/>
             <w:placeholder>
               <w:docPart w:val="ACB8F64C430F4C64ABF927D19C32EA02"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Kinship Home" w:value="Kinship Home"/>
               <w:listItem w:displayText="Kinship Foster Home" w:value="Kinship Foster Home"/>
               <w:listItem w:displayText="Foster Home" w:value="Foster Home"/>
               <w:listItem w:displayText="Legal Risk Foster Home" w:value="Legal Risk Foster Home"/>
               <w:listItem w:displayText="Group Home" w:value="Group Home"/>
               <w:listItem w:displayText="Residential Treatment Center" w:value="Residential Treatment Center"/>
               <w:listItem w:displayText="Runaway" w:value="Runaway"/>
               <w:listItem w:displayText="Own Home" w:value="Own Home"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="760" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="1D86EC77" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="671" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C2A5C88" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -5429,84 +6712,82 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="1237285686"/>
             <w:placeholder>
               <w:docPart w:val="869AE5C0AB0949E2B85A59BF6F11553C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
-              <w:listItem w:displayText="Basic" w:value="Basic"/>
-[...2 lines deleted...]
-              <w:listItem w:displayText="Intense" w:value="Intense"/>
+              <w:listItem w:displayText="Foster Family Home" w:value="Foster Family Home"/>
+              <w:listItem w:displayText="GRO Tier I" w:value="GRO Tier I"/>
+              <w:listItem w:displayText="GRO Tier II" w:value="GRO Tier II"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="602CBC4C" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose LOC.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="285" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F40A938" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
@@ -5549,129 +6830,129 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-2017221107"/>
             <w:placeholder>
               <w:docPart w:val="DCA76DE45DC74E72A87366ECF920E88F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="839" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="5EA89B9D" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="2016264662"/>
             <w:placeholder>
               <w:docPart w:val="CCC9403DF3904F9188D4DBD34FCEF905"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="840" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="0566C0D0" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008941D8" w14:paraId="4859B87E" w14:textId="77777777" w:rsidTr="008F5459">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1024" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55967F0A" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5732,78 +7013,77 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-1382096376"/>
             <w:placeholder>
               <w:docPart w:val="6EFDE48948294EAFBA3665EDDEF46ACD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Kinship Home" w:value="Kinship Home"/>
               <w:listItem w:displayText="Kinship Foster Home" w:value="Kinship Foster Home"/>
               <w:listItem w:displayText="Foster Home" w:value="Foster Home"/>
               <w:listItem w:displayText="Legal Risk Foster Home" w:value="Legal Risk Foster Home"/>
               <w:listItem w:displayText="Group Home" w:value="Group Home"/>
               <w:listItem w:displayText="Residential Treatment Center" w:value="Residential Treatment Center"/>
               <w:listItem w:displayText="Runaway" w:value="Runaway"/>
               <w:listItem w:displayText="Own Home" w:value="Own Home"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="760" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="099478CE" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="671" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FEB25F8" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -5854,84 +7134,82 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-287669158"/>
             <w:placeholder>
               <w:docPart w:val="8199C993AB2C416EA8F2C0C020FB9390"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
-              <w:listItem w:displayText="Basic" w:value="Basic"/>
-[...2 lines deleted...]
-              <w:listItem w:displayText="Intense" w:value="Intense"/>
+              <w:listItem w:displayText="Foster Family Home" w:value="Foster Family Home"/>
+              <w:listItem w:displayText="GRO Tier I" w:value="GRO Tier I"/>
+              <w:listItem w:displayText="GRO Tier II" w:value="GRO Tier II"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="1B1C583D" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose LOC.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="285" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2971D808" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00DD4CF2" w:rsidRDefault="008941D8" w:rsidP="008941D8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
@@ -5974,2228 +7252,104 @@
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="-928497665"/>
             <w:placeholder>
               <w:docPart w:val="6588224DC91E412385CC5838B652508D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="839" w:type="pct"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="0F796368" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:id w:val="1509102225"/>
             <w:placeholder>
               <w:docPart w:val="F59EE56C22DC45219F4160122BA965FC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Family Reunification" w:value="Family Reunification"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Adoption" w:value="Alt Family: Relative/Fictive Kin, Adoption"/>
               <w:listItem w:displayText="Alt Family: Relative/Fictive Kin, Conservatorship" w:value="Alt Family: Relative/Fictive Kin, Conservatorship"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Adoption" w:value="Alt Family: Unrelated, Adoption"/>
               <w:listItem w:displayText="Alt Family: Unrelated, Conservatorship" w:value="Alt Family: Unrelated, Conservatorship"/>
               <w:listItem w:displayText="APPLA: Foster Family, DFPS Conservatorship" w:value="APPLA: Foster Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Other Family, DFPS Conservatorship" w:value="APPLA: Other Family, DFPS Conservatorship"/>
               <w:listItem w:displayText="APPLA: Independent Living" w:value="APPLA: Independent Living"/>
               <w:listItem w:displayText="APPLA: Community Care" w:value="APPLA: Community Care"/>
             </w:dropDownList>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="840" w:type="pct"/>
               </w:tcPr>
               <w:p w14:paraId="3EE73E9C" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
-                <w:pPr>
-[...2123 lines deleted...]
-              <w:p w14:paraId="332B9384" w14:textId="77777777" w:rsidR="008941D8" w:rsidRPr="00713BB8" w:rsidRDefault="008941D8" w:rsidP="008941D8">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00713BB8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51983D37" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="005701EC" w:rsidRDefault="005934AD" w:rsidP="005934AD">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
@@ -8260,102 +7414,101 @@
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Section E: Removal Information and Legal Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005934AD" w:rsidRPr="006465BE" w14:paraId="4470694B" w14:textId="77777777" w:rsidTr="00956EA3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13A15D89" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="00DD4CF2" w:rsidRDefault="005934AD" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Removal </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(initial PC only)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00D43927">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text39"/>
+            <w:bookmarkStart w:id="3" w:name="Text39"/>
             <w:r w:rsidRPr="006F5FBE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D43927">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00D43927">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="006F5FBE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F5FBE">
@@ -8370,81 +7523,80 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F5FBE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F5FBE">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D43927">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
           <w:p w14:paraId="308E1628" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="00DD4CF2" w:rsidRDefault="005934AD" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55F4B7A6" w14:textId="77777777" w:rsidR="005934AD" w:rsidRDefault="005934AD" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of most recent entry into substitute care </w:t>
             </w:r>
@@ -8534,51 +7686,50 @@
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005934AD" w:rsidRPr="006465BE" w14:paraId="249221BA" w14:textId="77777777" w:rsidTr="00956EA3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27843053" w14:textId="77777777" w:rsidR="005934AD" w:rsidRDefault="005934AD" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety threats and concerns about diminished parental protective capacity that resulted in any </w:t>
             </w:r>
@@ -8742,69 +7893,68 @@
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005934AD" w:rsidRPr="001D56F9" w14:paraId="18440385" w14:textId="77777777" w:rsidTr="00956EA3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1524B537" w14:textId="77777777" w:rsidR="005934AD" w:rsidRDefault="005934AD" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="Text12"/>
+            <w:bookmarkStart w:id="4" w:name="Text12"/>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety threats and concerns about diminished parental protective capacity that resulted in the </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>current</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> removal </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -8907,88 +8057,87 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
           <w:p w14:paraId="7E2CD067" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="00687876" w:rsidRDefault="005934AD" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005934AD" w:rsidRPr="006465BE" w14:paraId="68135FB4" w14:textId="77777777" w:rsidTr="00956EA3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0447C1CA" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="00DD4CF2" w:rsidRDefault="005934AD" w:rsidP="00956EA3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Legal Status</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
@@ -9044,95 +8193,95 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="530907E5" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="00DD4CF2" w:rsidRDefault="005934AD" w:rsidP="00956EA3">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text40"/>
+            <w:bookmarkStart w:id="5" w:name="Text40"/>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>TMC:</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -9198,95 +8347,95 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="1C80CDB6" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="004F3CEB" w:rsidRDefault="005934AD" w:rsidP="00956EA3">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text41"/>
+            <w:bookmarkStart w:id="6" w:name="Text41"/>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Dismissal date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9359,95 +8508,95 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="146079B7" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="00DD4CF2" w:rsidRDefault="005934AD" w:rsidP="00956EA3">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text42"/>
+            <w:bookmarkStart w:id="7" w:name="Text42"/>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PMC:</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -9513,95 +8662,95 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="542A169B" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="00DD4CF2" w:rsidRDefault="005934AD" w:rsidP="00956EA3">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text43"/>
+            <w:bookmarkStart w:id="8" w:name="Text43"/>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>TPR:</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00956EA3">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -9770,50 +8919,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1102871410"/>
                 <w:placeholder>
                   <w:docPart w:val="BF04172FFC054EC1B5DFB506B6C7EF30"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Adversary Hearing" w:value="Adversary Hearing"/>
                   <w:listItem w:displayText="Status Hearing" w:value="Status Hearing"/>
                   <w:listItem w:displayText="Permanency Hearing Before Final Order" w:value="Permanency Hearing Before Final Order"/>
                   <w:listItem w:displayText="Final Hearing / Trial" w:value="Final Hearing / Trial"/>
                   <w:listItem w:displayText="Permanency Hearing After Final Order" w:value="Permanency Hearing After Final Order"/>
                   <w:listItem w:displayText="Adoption Consummation" w:value="Adoption Consummation"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00956EA3" w:rsidRPr="00956EA3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="622FFBD4" w14:textId="77777777" w:rsidR="005934AD" w:rsidRPr="00DD4CF2" w:rsidRDefault="005934AD" w:rsidP="00956EA3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD4CF2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Other court dates: </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
@@ -10008,51 +9158,50 @@
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Permanency Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE3C09" w:rsidRPr="004F3CEB" w14:paraId="481CF078" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32BFACF7" w14:textId="77777777" w:rsidR="00132B42" w:rsidRPr="00DD4CF2" w:rsidRDefault="00104CA4" w:rsidP="00132B42">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sibling addendums: </w:t>
             </w:r>
             <w:r w:rsidR="00635380" w:rsidRPr="00104CA4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Enter</w:t>
             </w:r>
             <w:r w:rsidR="00132B42" w:rsidRPr="00104CA4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "x" if </w:t>
@@ -10074,95 +9223,95 @@
           <w:p w14:paraId="11C18521" w14:textId="77777777" w:rsidR="00BE3C09" w:rsidRPr="004F3CEB" w:rsidRDefault="00F36B29" w:rsidP="00205977">
             <w:pPr>
               <w:ind w:left="432" w:hanging="432"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Please mark with an &quot;x&quot; if there are siblings.  Child Status and Well-being must be completed on the child addendum form(s)"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text35"/>
+            <w:bookmarkStart w:id="9" w:name="Text35"/>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="9"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00205977">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE3C09" w:rsidRPr="00BE3C09">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Child Well-Being and Permanency Status for</w:t>
             </w:r>
             <w:r w:rsidR="00BE3C09">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> other</w:t>
             </w:r>
             <w:r w:rsidR="00BE3C09" w:rsidRPr="00BE3C09">
@@ -10208,51 +9357,50 @@
             <w:r w:rsidR="007453E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w14:paraId="52FFAAE5" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19420F40" w14:textId="77777777" w:rsidR="00205977" w:rsidRDefault="004F3CEB" w:rsidP="004F3CEB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10376,78 +9524,77 @@
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47401955" w14:textId="77777777" w:rsidR="000309A8" w:rsidRDefault="004F3CEB" w:rsidP="004F3CEB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Age:</w:t>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text4"/>
+            <w:bookmarkStart w:id="10" w:name="Text4"/>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01189CA9" w14:textId="77777777" w:rsidR="000309A8" w:rsidRDefault="000309A8" w:rsidP="004F3CEB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -10540,63 +9687,62 @@
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09F91453" w14:textId="77777777" w:rsidR="00205977" w:rsidRDefault="008B0125" w:rsidP="004F3CEB">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Is the child in an i</w:t>
             </w:r>
             <w:r w:rsidR="00DA5E08">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ntended </w:t>
             </w:r>
             <w:r w:rsidR="001C0C90">
               <w:rPr>
                 <w:b/>
@@ -10642,182 +9788,394 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text36"/>
+            <w:bookmarkStart w:id="11" w:name="Text36"/>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  No </w:t>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text37"/>
+            <w:bookmarkStart w:id="12" w:name="Text37"/>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F36B29" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C142B0" w:rsidRPr="004F3CEB" w14:paraId="7E2D5E58" w14:textId="77777777" w:rsidTr="00B70166">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1916"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10260" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="786210F2" w14:textId="062EBCF4" w:rsidR="00C142B0" w:rsidRDefault="00BC256B" w:rsidP="005701EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Current Plac</w:t>
+            </w:r>
+            <w:r w:rsidR="008A756B">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ement </w:t>
+            </w:r>
+            <w:r w:rsidR="00E54A32">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="00B24CC6">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Service Package</w:t>
+            </w:r>
+            <w:r w:rsidR="00B016FF">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F87B98">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Describe</w:t>
+            </w:r>
+            <w:r w:rsidR="00A847BB">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the identified needs, behaviors, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80F9E">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidR="00A847BB">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> circumstances that qualify the child for the selected service package</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5596">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C80F9E">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as well as any add-on services</w:t>
+            </w:r>
+            <w:r w:rsidR="00A847BB">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C9729D9" w14:textId="3C642107" w:rsidR="00A847BB" w:rsidRPr="00B70166" w:rsidRDefault="00B70166" w:rsidP="005701EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w14:paraId="670B41EC" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="354C045F" w14:textId="77777777" w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w:rsidRDefault="004F3CEB" w:rsidP="005701EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Needs/Concerns</w:t>
             </w:r>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (include educational, medical, mental health, behavioral, therapeutic, developmental, dental, vision, hearing needs, etc.)</w:t>
             </w:r>
           </w:p>
@@ -10916,51 +10274,50 @@
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w14:paraId="05341863" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35ECDA32" w14:textId="77777777" w:rsidR="004F3CEB" w:rsidRDefault="004F3CEB" w:rsidP="004F3CEB">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Services received or needed </w:t>
             </w:r>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ARD, ECI, therapy, medical/dental, vision, hearing, extra-curricular, medications to address identified needs; include progress/barriers):</w:t>
             </w:r>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -11053,51 +10410,50 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w14:paraId="7B310D38" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A984F3A" w14:textId="77777777" w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w:rsidRDefault="004F3CEB" w:rsidP="004F3CEB">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Connections </w:t>
             </w:r>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(identify individuals who are important to the child and what type of contact is allowed):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="002445EE" w14:textId="77777777" w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w:rsidRDefault="004F3CEB" w:rsidP="004F3CEB">
             <w:pPr>
               <w:rPr>
@@ -11193,80 +10549,63 @@
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w14:paraId="7C42983A" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23D52897" w14:textId="77777777" w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w:rsidRDefault="004F3CEB" w:rsidP="004F3CEB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">If </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> not in an intended permanent placement: Have all placement resources been explored? </w:t>
+              <w:t xml:space="preserve">If child not in an intended permanent placement: Have all placement resources been explored? </w:t>
             </w:r>
             <w:r w:rsidRPr="004F3CEB">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Relative search, symbolic/fictive kin relatives, a</w:t>
             </w:r>
             <w:r w:rsidR="00B50CB8">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>bsent parents, home study/ICPC)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4382F68E" w14:textId="77777777" w:rsidR="004F3CEB" w:rsidRPr="004F3CEB" w:rsidRDefault="004F3CEB" w:rsidP="004F3CEB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12398D4A" w14:textId="77777777" w:rsidR="004F3CEB" w:rsidRPr="005701EC" w:rsidRDefault="004F3CEB" w:rsidP="004F3CEB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11401,134 +10740,137 @@
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section G: </w:t>
             </w:r>
             <w:r w:rsidR="00335B31" w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Family Service Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335B31" w:rsidRPr="006465BE" w14:paraId="4D1517D5" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1ADF505C" w14:textId="77777777" w:rsidR="00335B31" w:rsidRPr="00EF0FD5" w:rsidRDefault="00335B31" w:rsidP="000D3B87">
+          <w:p w14:paraId="1ADF505C" w14:textId="774F0B18" w:rsidR="00335B31" w:rsidRPr="00EF0FD5" w:rsidRDefault="00335B31" w:rsidP="000D3B87">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Family’s</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">Family’s progress </w:t>
+            </w:r>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> progress </w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Identify the parents’ protective capacities. </w:t>
+            </w:r>
+            <w:r w:rsidR="009264F6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Identify the parents’ protective capacities. </w:t>
+              <w:t xml:space="preserve">How are the tasks/services addressing safety threats? </w:t>
             </w:r>
             <w:r w:rsidR="009264F6">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">How are the tasks/services addressing safety threats? </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>What is CPS</w:t>
+            </w:r>
+            <w:r w:rsidR="00B95507">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/SSCC</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>What is CPS doing to assist the family with the plan?)</w:t>
+              <w:t xml:space="preserve"> doing to assist the family with the plan?)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="041A8B54" w14:textId="77777777" w:rsidR="00B73A52" w:rsidRDefault="00B73A52" w:rsidP="005701EC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="095FC7F2" w14:textId="77777777" w:rsidR="00335B31" w:rsidRPr="000D3B87" w:rsidRDefault="00335B31" w:rsidP="005701EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -11592,93 +10934,74 @@
           </w:p>
           <w:p w14:paraId="3A864BC2" w14:textId="77777777" w:rsidR="00335B31" w:rsidRPr="00EF0FD5" w:rsidRDefault="00335B31" w:rsidP="00335B31">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335B31" w:rsidRPr="006465BE" w14:paraId="3FF69752" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D4035B9" w14:textId="77777777" w:rsidR="00335B31" w:rsidRPr="00EF0FD5" w:rsidRDefault="00335B31" w:rsidP="005701EC">
+          <w:p w14:paraId="3D4035B9" w14:textId="4A137DC2" w:rsidR="00335B31" w:rsidRPr="00EF0FD5" w:rsidRDefault="00335B31" w:rsidP="005701EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Barriers to achieving family reunification</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
-                <w:b/>
-[...17 lines deleted...]
-              <w:t>Current safety threats that prevent the child</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Current safety threats that prevent the child</w:t>
             </w:r>
             <w:r w:rsidR="00060AA2">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ren)</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> from returning home safely)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6359D0E6" w14:textId="77777777" w:rsidR="00B73A52" w:rsidRDefault="00B73A52" w:rsidP="005701EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07AFE777" w14:textId="77777777" w:rsidR="00335B31" w:rsidRPr="000D3B87" w:rsidRDefault="00335B31" w:rsidP="005701EC">
@@ -11767,51 +11090,50 @@
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335B31" w:rsidRPr="0018381D" w14:paraId="442C249A" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7217EAFF" w14:textId="77777777" w:rsidR="00EF0FD5" w:rsidRDefault="00335B31" w:rsidP="00335B31">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Are there any tasks/services or court orders on the service plan that need to be modified?  </w:t>
             </w:r>
             <w:r w:rsidR="00B50CB8" w:rsidRPr="008B0125">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Mark "x" next to yes or no)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A9F310D" w14:textId="77777777" w:rsidR="00335B31" w:rsidRPr="00EF0FD5" w:rsidRDefault="00F36B29" w:rsidP="005701EC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
@@ -12045,51 +11367,50 @@
           <w:p w14:paraId="189FC3ED" w14:textId="77777777" w:rsidR="00335B31" w:rsidRPr="00EF0FD5" w:rsidRDefault="00335B31" w:rsidP="007358EC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335B31" w:rsidRPr="006465BE" w14:paraId="237AA77B" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C85090D" w14:textId="77777777" w:rsidR="00335B31" w:rsidRDefault="00335B31" w:rsidP="007A7741">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Frequency and quality of family visits </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(including parent/child, sibling contact, contact with extended relatives, etc.):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46B92126" w14:textId="77777777" w:rsidR="00EF0FD5" w:rsidRPr="00EF0FD5" w:rsidRDefault="00EF0FD5" w:rsidP="007A7741">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -12183,51 +11504,50 @@
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335B31" w:rsidRPr="00C664E5" w14:paraId="255EE11C" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3377E238" w14:textId="77777777" w:rsidR="00EF0FD5" w:rsidRDefault="00335B31" w:rsidP="007A7741">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Family resources to address identified needs/concerns: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="192E423B" w14:textId="77777777" w:rsidR="00EF0FD5" w:rsidRDefault="00EF0FD5" w:rsidP="007A7741">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1EAF9AA4" w14:textId="77777777" w:rsidR="00335B31" w:rsidRPr="005701EC" w:rsidRDefault="00335B31" w:rsidP="007A7741">
@@ -12394,51 +11714,50 @@
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Legal Permanency Barriers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00060AA2" w:rsidRPr="006465BE" w14:paraId="4BD9A0F7" w14:textId="77777777" w:rsidTr="00155FA7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D82FFCA" w14:textId="77777777" w:rsidR="00060AA2" w:rsidRPr="00EF0FD5" w:rsidRDefault="00060AA2" w:rsidP="005701EC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Barriers to achieving a permanent placement which will result in positive legal permanency for each child: </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF0FD5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Identify all barriers to achieving a permanent home that will result in positive legal permanency.  Positive legal permanency is achieved either through reunification, </w:t>
             </w:r>
             <w:r w:rsidR="00DA5E08">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">adoption, or </w:t>
@@ -12682,51 +12001,50 @@
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007358EC" w:rsidRPr="00EF0FD5" w14:paraId="0243A42F" w14:textId="77777777" w:rsidTr="000160E2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15048" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="768909A3" w14:textId="77777777" w:rsidR="007358EC" w:rsidRPr="00B5636B" w:rsidRDefault="007358EC" w:rsidP="005701EC">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B5636B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Next Steps/Action Items: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B5636B">
               <w:t>(Identify Strategies and Actions needed to achieve timely permanency, including any additional case related tasks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007358EC" w:rsidRPr="00EF0FD5" w14:paraId="3013F299" w14:textId="77777777" w:rsidTr="00744232">
         <w:tblPrEx>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
@@ -19609,75 +18927,79 @@
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AC6C534" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300"/>
     <w:p w14:paraId="26881510" w14:textId="77777777" w:rsidR="00836DA7" w:rsidRDefault="000D5300" w:rsidP="000D5300">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="136"/>
-        <w:tblW w:w="15048" w:type="dxa"/>
+        <w:tblW w:w="15161" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7735"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="7672"/>
+        <w:gridCol w:w="3867"/>
+        <w:gridCol w:w="3285"/>
+        <w:gridCol w:w="224"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007358EC" w:rsidRPr="00B5636B" w14:paraId="140A735F" w14:textId="77777777" w:rsidTr="005701EC">
+      <w:tr w:rsidR="007358EC" w:rsidRPr="00B5636B" w14:paraId="140A735F" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15048" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="14936" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
           <w:p w14:paraId="4D9CD0FE" w14:textId="77777777" w:rsidR="007358EC" w:rsidRPr="00B5636B" w:rsidRDefault="009B01D4" w:rsidP="005701EC">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading2Char"/>
@@ -19729,972 +19051,1369 @@
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F87D95">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00F87D95">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007358EC" w:rsidRPr="00B5636B" w14:paraId="36179C7C" w14:textId="77777777" w:rsidTr="00744232">
+      <w:tr w:rsidR="007358EC" w:rsidRPr="00B5636B" w14:paraId="36179C7C" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15048" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="14936" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FF8C7D8" w14:textId="77777777" w:rsidR="007358EC" w:rsidRPr="00D43927" w:rsidRDefault="007358EC" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43927">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The signatures below indicate that I understand and agree with the outcome and plan developed by the participants of this Permanency Conference and agree to every term and condition stated herein. </w:t>
             </w:r>
             <w:r w:rsidR="00836DA7">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D43927">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I further agree to accept, support, and participate in the identified services listed above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007358EC" w:rsidRPr="00B5636B" w14:paraId="0E7C81D8" w14:textId="77777777" w:rsidTr="00744232">
+      <w:tr w:rsidR="007358EC" w:rsidRPr="00B5636B" w14:paraId="0E7C81D8" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11628" w:type="dxa"/>
+            <w:tcW w:w="11539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42DB13FE" w14:textId="77777777" w:rsidR="007358EC" w:rsidRDefault="007358EC" w:rsidP="00744232">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00B5636B">
               <w:t xml:space="preserve">Child's Parent or Legal </w:t>
             </w:r>
             <w:r w:rsidR="00D70405">
               <w:t>Guardian</w:t>
             </w:r>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="699AD408" w14:textId="77777777" w:rsidR="007358EC" w:rsidRPr="009B01D4" w:rsidRDefault="007358EC" w:rsidP="000D3B87">
+          <w:p w14:paraId="699AD408" w14:textId="6853E986" w:rsidR="007358EC" w:rsidRPr="009B01D4" w:rsidRDefault="007358EC" w:rsidP="000D3B87">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73C53229" w14:textId="77777777" w:rsidR="007358EC" w:rsidRPr="007E3ECB" w:rsidRDefault="007358EC" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="2078001636"/>
               <w:placeholder>
                 <w:docPart w:val="0B3D1EE49C4C4D68989BA4E246B26668"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6F224760" w14:textId="77777777" w:rsidR="000D3B87" w:rsidRPr="007E3ECB" w:rsidRDefault="000D3B87" w:rsidP="000D3B87">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="11193114" w14:textId="77777777" w:rsidR="007358EC" w:rsidRPr="005701EC" w:rsidRDefault="007358EC" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E3ECB" w:rsidRPr="00B5636B" w14:paraId="79C3C611" w14:textId="77777777" w:rsidTr="009B01D4">
+      <w:tr w:rsidR="007E3ECB" w:rsidRPr="00B5636B" w14:paraId="79C3C611" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="725"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11628" w:type="dxa"/>
+            <w:tcW w:w="11539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="598DEA13" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00B5636B">
               <w:t xml:space="preserve">Child's Parent or Legal </w:t>
             </w:r>
             <w:r>
               <w:t>Guardian</w:t>
             </w:r>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3459B3FE" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="009B01D4" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
+          <w:p w14:paraId="3459B3FE" w14:textId="7632ADAA" w:rsidR="007E3ECB" w:rsidRPr="009B01D4" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="705AEFFC" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1768922842"/>
               <w:placeholder>
                 <w:docPart w:val="2DE5457A18B443408A7A8DA3F49A2009"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6BB59925" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="30C1115C" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="005701EC" w:rsidRDefault="007E3ECB" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E3ECB" w:rsidRPr="00B5636B" w14:paraId="6A336885" w14:textId="77777777" w:rsidTr="00744232">
+      <w:tr w:rsidR="007E3ECB" w:rsidRPr="00B5636B" w14:paraId="6A336885" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11628" w:type="dxa"/>
+            <w:tcW w:w="11539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66927D99" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00B5636B">
               <w:t xml:space="preserve">Child's Parent or Legal </w:t>
             </w:r>
             <w:r>
               <w:t>Guardian</w:t>
             </w:r>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CE94780" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="009B01D4" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
+          <w:p w14:paraId="1CE94780" w14:textId="113D59DB" w:rsidR="007E3ECB" w:rsidRPr="009B01D4" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C68C913" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1723440545"/>
               <w:placeholder>
                 <w:docPart w:val="3B8D6F502C0D4379A21D38C188904157"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1AF6B3FF" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="05640C2A" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="005701EC" w:rsidRDefault="007E3ECB" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E3ECB" w:rsidRPr="00B5636B" w14:paraId="2F28A0E6" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="007E3ECB" w:rsidRPr="00B5636B" w14:paraId="2F28A0E6" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11628" w:type="dxa"/>
+            <w:tcW w:w="11539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513D982C" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00B5636B">
               <w:t xml:space="preserve">Child's Parent or Legal </w:t>
             </w:r>
             <w:r>
               <w:t>Guardian</w:t>
             </w:r>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4303B25E" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="009B01D4" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
+          <w:p w14:paraId="4303B25E" w14:textId="79ACED36" w:rsidR="007E3ECB" w:rsidRPr="009B01D4" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FDE8694" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="1534618794"/>
               <w:placeholder>
                 <w:docPart w:val="5811AED7DB2C468E8694895E65789DD4"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="16DDD215" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="007E3ECB" w:rsidRDefault="007E3ECB" w:rsidP="007E3ECB">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="56D11BE9" w14:textId="77777777" w:rsidR="007E3ECB" w:rsidRPr="005701EC" w:rsidRDefault="007E3ECB" w:rsidP="005701EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="63C231FB" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="63C231FB" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
+            <w:tcW w:w="7672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="44B15692" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D5300">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Other Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="3867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="6252EFA9" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00077FC6">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Relationship </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Child/Youth</w:t>
+              <w:t>Relationship to Child/Youth</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> or Family</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="22C11152" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D5300">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Signature Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="39D52E5E" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="39D52E5E" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
+            <w:tcW w:w="7672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C04570E" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>participant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D8C8B01" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
+          <w:p w14:paraId="3D8C8B01" w14:textId="7A153BD5" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="3867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53BD73D0" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2610D339" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -20758,225 +20477,307 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E83F152" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="2112471568"/>
               <w:placeholder>
                 <w:docPart w:val="1835350D2CBA471B9148E18BDCEEBD01"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="56CDB8CB" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2D373411" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="005701EC" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="5D1E8101" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="5D1E8101" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
+            <w:tcW w:w="7672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42609CD9" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>participant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F6DFC5D" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
+          <w:p w14:paraId="0F6DFC5D" w14:textId="1BA5471A" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="3867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="097732DC" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3CE6E8CE" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -21040,225 +20841,307 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="017DFA3C" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1379465553"/>
               <w:placeholder>
                 <w:docPart w:val="408341F9BD874496ADE087CC77F414CB"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="58F589A4" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="5EAE3B1C" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="005701EC" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="3C79BC0B" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="3C79BC0B" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
+            <w:tcW w:w="7672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7647E96A" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>participant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FD2707C" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
+          <w:p w14:paraId="3FD2707C" w14:textId="2EA57980" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="3867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07320AF5" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25DB1E8A" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -21322,225 +21205,307 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="622F5D30" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-2066475990"/>
               <w:placeholder>
                 <w:docPart w:val="E42EDCA73A594CE0B6F0D4E574016A1B"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4E16D819" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="5D6D12DE" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="005701EC" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="29E27C46" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="29E27C46" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
+            <w:tcW w:w="7672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="252FD354" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>participant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36CB157B" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
+          <w:p w14:paraId="36CB157B" w14:textId="1D33012A" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="3867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2803F2F7" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A8CBB0F" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -21604,225 +21569,307 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43F0F34F" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="1729950750"/>
               <w:placeholder>
                 <w:docPart w:val="5CE074501912492BAFE706E78C69C7D3"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0DB2F4C5" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2564DF97" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="005701EC" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="56D7A746" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="56D7A746" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
+            <w:tcW w:w="7672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70C649CA" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>participant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0209CBB7" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
+          <w:p w14:paraId="0209CBB7" w14:textId="48C05DAE" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="3867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CD8CC60" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34254EC0" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -21886,225 +21933,307 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="164AFE5C" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="576019966"/>
               <w:placeholder>
                 <w:docPart w:val="2AC5437300AA438DBD811DF177D32E6A"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="560CC465" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="42D740A4" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="005701EC" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="7ABED17F" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="7ABED17F" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
+            <w:tcW w:w="7672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A38FE26" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>participant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="677AC9D9" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
+          <w:p w14:paraId="677AC9D9" w14:textId="16D6C99C" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="3867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C9E8610" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1889F3CC" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -22168,226 +22297,316 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F5AA6CE" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-490402470"/>
               <w:placeholder>
                 <w:docPart w:val="B8B0FC1D67784238964B12DC66563DB6"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="53BE3AE6" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="43E67261" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="005701EC" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="6D84543A" w14:textId="77777777" w:rsidTr="000D5300">
+      <w:tr w:rsidR="000D5300" w:rsidRPr="00B5636B" w14:paraId="6D84543A" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7735" w:type="dxa"/>
+            <w:tcW w:w="7672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0577E250" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Other</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>participant</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B5636B">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6331BD33" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
+          <w:p w14:paraId="6331BD33" w14:textId="0C1DB6C8" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="00B70166">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
-                <w:tab w:val="left" w:pos="1080"/>
-[...4 lines deleted...]
-                <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B01D4">
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text29"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70166">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="3867" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="063438D4" w14:textId="77777777" w:rsidR="000D5300" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C74D4B1" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="009B01D4" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
@@ -22451,704 +22670,624 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49103C34" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="007E3ECB">
               <w:t>Date Signed:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-744183909"/>
               <w:placeholder>
                 <w:docPart w:val="F7F91EAC57FF40C8A42FE5ECAADB3F96"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="M/d/yyyy"/>
                 <w:lid w:val="en-US"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0EE26FAF" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="007E3ECB" w:rsidRDefault="000D5300" w:rsidP="000D5300">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="360"/>
                     <w:tab w:val="left" w:pos="720"/>
                     <w:tab w:val="left" w:pos="1080"/>
                     <w:tab w:val="left" w:pos="1440"/>
                     <w:tab w:val="left" w:pos="1800"/>
                     <w:tab w:val="left" w:pos="2160"/>
                     <w:tab w:val="left" w:pos="2520"/>
                     <w:tab w:val="left" w:pos="2880"/>
                   </w:tabs>
                   <w:rPr>
                     <w:rFonts w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E3ECB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="1FE3496B" w14:textId="77777777" w:rsidR="000D5300" w:rsidRPr="005701EC" w:rsidRDefault="000D5300" w:rsidP="000D5300">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2520"/>
                 <w:tab w:val="left" w:pos="2880"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...24 lines deleted...]
-      <w:tr w:rsidR="009B01D4" w:rsidRPr="008B0125" w14:paraId="144FBD2E" w14:textId="77777777" w:rsidTr="007B6CEB">
+      <w:tr w:rsidR="003B4CEF" w:rsidRPr="008B0125" w14:paraId="63A83CD5" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="224" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="432"/>
+          <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15048" w:type="dxa"/>
+            <w:tcW w:w="14937" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="02A1CD5B" w14:textId="77777777" w:rsidR="009B01D4" w:rsidRPr="005701EC" w:rsidRDefault="00186388" w:rsidP="005701EC">
+          <w:p w14:paraId="1AC71CCA" w14:textId="68CC6041" w:rsidR="003B4CEF" w:rsidRPr="008B0125" w:rsidRDefault="003B4CEF" w:rsidP="00327558">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005701EC">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Section K</w:t>
             </w:r>
-            <w:r w:rsidR="009B01D4" w:rsidRPr="005701EC">
+            <w:r w:rsidRPr="008B0125">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
-                <w:sz w:val="24"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> of Next Permanency Conference</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: Permanency Conference Timeline &amp; Date of Next Permanency Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B01D4" w:rsidRPr="00B5636B" w14:paraId="6B3407E5" w14:textId="77777777" w:rsidTr="000160E2">
+      <w:tr w:rsidR="003B4CEF" w:rsidRPr="000160E2" w14:paraId="75FA14C8" w14:textId="77777777" w:rsidTr="00B70166">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="224" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15048" w:type="dxa"/>
+            <w:tcW w:w="14937" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52194C21" w14:textId="77777777" w:rsidR="000160E2" w:rsidRDefault="009B01D4" w:rsidP="000160E2">
+          <w:p w14:paraId="4832B436" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRDefault="003B4CEF" w:rsidP="00327558">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
-              <w:rPr>
-                <w:sz w:val="20"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="5C38469E" w14:textId="03958338" w:rsidR="003B4CEF" w:rsidRPr="000160E2" w:rsidRDefault="003B4CEF" w:rsidP="00327558">
+            <w:pPr>
+              <w:overflowPunct/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:adjustRightInd/>
+              <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="000160E2">
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>is due</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Next Permanency Conference (or other Permanency Planning </w:t>
+            </w:r>
+            <w:r w:rsidR="001027C4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00836DA7">
+              <w:t>Meeting) is</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005701EC">
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="001027C4">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>due:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4521">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005701EC">
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005701EC">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005701EC">
-[...36 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F8A643B" w14:textId="77777777" w:rsidR="00233C14" w:rsidRPr="000160E2" w:rsidRDefault="00233C14" w:rsidP="000160E2">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B4CEF" w:rsidRPr="00B5636B" w14:paraId="55707307" w14:textId="77777777" w:rsidTr="00B70166">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="224" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="443"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14937" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15FC2064" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRDefault="003B4CEF" w:rsidP="00327558">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...17 lines deleted...]
-          <w:p w14:paraId="461FBB93" w14:textId="77777777" w:rsidR="00233C14" w:rsidRDefault="009B01D4" w:rsidP="00854981">
+          <w:p w14:paraId="047346D1" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="00B5636B" w:rsidRDefault="003B4CEF" w:rsidP="00327558">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Scheduled </w:t>
             </w:r>
             <w:r w:rsidRPr="003E37B7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date of next Permanency Conference</w:t>
             </w:r>
-            <w:r w:rsidR="003C64CF" w:rsidRPr="005701EC">
-[...37 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005701EC">
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005701EC">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005701EC">
-[...36 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B660DD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...18 lines deleted...]
-      <w:tr w:rsidR="00746055" w:rsidRPr="00B5636B" w14:paraId="5D535086" w14:textId="77777777" w:rsidTr="007B6CEB">
+      <w:tr w:rsidR="003B4CEF" w:rsidRPr="00B5636B" w14:paraId="164480A6" w14:textId="77777777" w:rsidTr="003B4CEF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15048" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="17601D5E" w14:textId="77777777" w:rsidR="00746055" w:rsidRPr="005701EC" w:rsidRDefault="00186388" w:rsidP="005701EC">
+          <w:p w14:paraId="61D3D2A2" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="005701EC" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Section L</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> of Completed document(s)</w:t>
+              <w:t>Section L: Facilitator Information and Distribution of Completed document(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00746055" w:rsidRPr="00B5636B" w14:paraId="55ECF78F" w14:textId="77777777" w:rsidTr="00744232">
+      <w:tr w:rsidR="003B4CEF" w:rsidRPr="00B5636B" w14:paraId="19F730D0" w14:textId="77777777" w:rsidTr="003B4CEF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15048" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6045196B" w14:textId="77777777" w:rsidR="00746055" w:rsidRPr="00844D3D" w:rsidRDefault="00746055" w:rsidP="00844D3D">
+          <w:p w14:paraId="5D081414" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="00844D3D" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="120"/>
               <w:textAlignment w:val="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E37B7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>FACILITATOR NAME</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (and agency</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> if facilitator works for contracted agency)</w:t>
+              <w:t xml:space="preserve"> (and agency name if facilitator works for contracted agency)</w:t>
             </w:r>
             <w:r w:rsidRPr="007F59EF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -23186,322 +23325,288 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00746055" w:rsidRPr="00B5636B" w14:paraId="077C32C5" w14:textId="77777777" w:rsidTr="00AD4521">
+      <w:tr w:rsidR="003B4CEF" w:rsidRPr="00B5636B" w14:paraId="0BEFA3B3" w14:textId="77777777" w:rsidTr="003B4CEF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15048" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE2130B" w14:textId="77777777" w:rsidR="00746055" w:rsidRDefault="00746055" w:rsidP="00844D3D">
+          <w:p w14:paraId="3B186478" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="120"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E37B7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Facilitator: </w:t>
             </w:r>
-            <w:r w:rsidR="00B50CB8">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>enter "x</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> to the option that applies to this Permanency Conference</w:t>
+              <w:t>enter "x" next to the option that applies to this Permanency Conference</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="420194FE" w14:textId="77777777" w:rsidR="00746055" w:rsidRPr="003E37B7" w:rsidRDefault="00746055" w:rsidP="005701EC">
+          <w:p w14:paraId="31D31F52" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="003E37B7" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51BDA1D3" w14:textId="77777777" w:rsidR="00746055" w:rsidRDefault="00FD5C96" w:rsidP="00746055">
+          <w:p w14:paraId="0B654A75" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text44"/>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
-            <w:r w:rsidR="00746055" w:rsidRPr="007F59EF">
+            <w:r w:rsidRPr="007F59EF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> All information regarding this conference is contained within this document.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72F5F56A" w14:textId="77777777" w:rsidR="00746055" w:rsidRPr="007F59EF" w:rsidRDefault="00746055" w:rsidP="00746055">
+          <w:p w14:paraId="47E630C9" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="007F59EF" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="60D4D493" w14:textId="77777777" w:rsidR="00746055" w:rsidRDefault="00FD5C96" w:rsidP="00746055">
+          <w:p w14:paraId="64EA7765" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text45"/>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F11491">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
-            <w:r w:rsidR="00746055" w:rsidRPr="007F59EF">
+            <w:r w:rsidRPr="007F59EF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Documents with additional information about this conference exist:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FEBE8FC" w14:textId="77777777" w:rsidR="00746055" w:rsidRPr="007F59EF" w:rsidRDefault="00746055" w:rsidP="00746055">
+          <w:p w14:paraId="11F33882" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="007F59EF" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="785606BA" w14:textId="77777777" w:rsidR="00746055" w:rsidRPr="007F59EF" w:rsidRDefault="00746055" w:rsidP="00746055">
+          <w:p w14:paraId="3ACB8C66" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="007F59EF" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F59EF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and are identified as:</w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -23568,51 +23673,51 @@
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="174CFF17" w14:textId="77777777" w:rsidR="00746055" w:rsidRPr="007F59EF" w:rsidRDefault="00746055" w:rsidP="00746055">
+          <w:p w14:paraId="2DD5EF3C" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="007F59EF" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F59EF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and include this number of pages: </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
@@ -23673,94 +23778,94 @@
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005701EC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FE2D005" w14:textId="77777777" w:rsidR="00746055" w:rsidRDefault="00746055" w:rsidP="00746055">
+          <w:p w14:paraId="0347A3E5" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E37B7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and are attached and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">provided to Signees and CPS (if Facilitator is contracted provider) </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD4521">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> to participants (if Facilitator is employed by DFPS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B5358A3" w14:textId="77777777" w:rsidR="00746055" w:rsidRPr="00B5636B" w:rsidRDefault="00746055" w:rsidP="00AD4521">
+          <w:p w14:paraId="6E674C86" w14:textId="77777777" w:rsidR="003B4CEF" w:rsidRPr="00B5636B" w:rsidRDefault="003B4CEF" w:rsidP="003B4CEF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:textAlignment w:val="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42B462F8" w14:textId="77777777" w:rsidR="007358EC" w:rsidRPr="007F59EF" w:rsidRDefault="007358EC" w:rsidP="007358EC">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
@@ -23775,64 +23880,64 @@
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="108405A0" w14:textId="77777777" w:rsidR="003E37B7" w:rsidRDefault="003E37B7" w:rsidP="00854981"/>
     <w:p w14:paraId="33D8729D" w14:textId="77777777" w:rsidR="003E37B7" w:rsidRDefault="003E37B7" w:rsidP="00854981"/>
     <w:p w14:paraId="11B1C050" w14:textId="77777777" w:rsidR="005278E0" w:rsidRPr="00AD4521" w:rsidRDefault="005278E0" w:rsidP="00854981"/>
     <w:sectPr w:rsidR="005278E0" w:rsidRPr="00AD4521" w:rsidSect="00435AD1">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="432" w:right="432" w:bottom="432" w:left="432" w:header="187" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0170E48E" w14:textId="77777777" w:rsidR="00FA15AD" w:rsidRDefault="00FA15AD">
+    <w:p w14:paraId="73B31599" w14:textId="77777777" w:rsidR="008E663D" w:rsidRDefault="008E663D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62FCC000" w14:textId="77777777" w:rsidR="00FA15AD" w:rsidRDefault="00FA15AD"/>
+    <w:p w14:paraId="38508F76" w14:textId="77777777" w:rsidR="008E663D" w:rsidRDefault="008E663D"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AD8D7E0" w14:textId="77777777" w:rsidR="00FA15AD" w:rsidRDefault="00FA15AD">
+    <w:p w14:paraId="5BEFC6B4" w14:textId="77777777" w:rsidR="008E663D" w:rsidRDefault="008E663D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDE9A5F" w14:textId="77777777" w:rsidR="00FA15AD" w:rsidRDefault="00FA15AD"/>
+    <w:p w14:paraId="18A6DF5B" w14:textId="77777777" w:rsidR="008E663D" w:rsidRDefault="008E663D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -23848,77 +23953,76 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
+    <w:altName w:val="Arial Black"/>
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
-    <w:family w:val="auto"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28989B2D" w14:textId="376EAB32" w:rsidR="00956EA3" w:rsidRDefault="00956EA3" w:rsidP="00A70FDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A70FDE">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:smallCaps/>
@@ -24056,64 +24160,64 @@
     </w:r>
     <w:r w:rsidR="003B62E6">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="0009048E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E6E13E7" w14:textId="77777777" w:rsidR="00FA15AD" w:rsidRDefault="00FA15AD">
+    <w:p w14:paraId="7E79AC89" w14:textId="77777777" w:rsidR="008E663D" w:rsidRDefault="008E663D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FFE4AE7" w14:textId="77777777" w:rsidR="00FA15AD" w:rsidRDefault="00FA15AD"/>
+    <w:p w14:paraId="1CDD0C37" w14:textId="77777777" w:rsidR="008E663D" w:rsidRDefault="008E663D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="165C902C" w14:textId="77777777" w:rsidR="00FA15AD" w:rsidRDefault="00FA15AD">
+    <w:p w14:paraId="6156E038" w14:textId="77777777" w:rsidR="008E663D" w:rsidRDefault="008E663D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78139FA7" w14:textId="77777777" w:rsidR="00FA15AD" w:rsidRDefault="00FA15AD"/>
+    <w:p w14:paraId="5CE4B7A8" w14:textId="77777777" w:rsidR="008E663D" w:rsidRDefault="008E663D"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66185C7A" w14:textId="77777777" w:rsidR="00956EA3" w:rsidRDefault="00956EA3" w:rsidP="000F6FD7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:ind w:right="666"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4FA0979A" w14:textId="77777777" w:rsidR="00956EA3" w:rsidRDefault="00956EA3" w:rsidP="00A948A3">
     <w:pPr>
@@ -24230,91 +24334,81 @@
       </w:rPr>
       <w:t>Form</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> K-90</w:t>
     </w:r>
     <w:r w:rsidR="003B62E6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-0628</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="08178E4B" w14:textId="77777777" w:rsidR="00FA3FFC" w:rsidRDefault="00FA3FFC" w:rsidP="00FA3FFC">
+  <w:p w14:paraId="0ABA83F4" w14:textId="37305CD3" w:rsidR="00956EA3" w:rsidRPr="00A948A3" w:rsidRDefault="00FA3FFC" w:rsidP="00B70166">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
         <w:szCs w:val="18"/>
+        <w:highlight w:val="lightGray"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Revised September 2018</w:t>
+      <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-  </w:p>
-[...10 lines deleted...]
-      <w:ind w:left="720" w:right="-90" w:hanging="360"/>
+    <w:r w:rsidR="00B70166">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:b/>
         <w:szCs w:val="18"/>
-        <w:highlight w:val="lightGray"/>
       </w:rPr>
-    </w:pPr>
+      <w:t>January 2026</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5AF0DEBC" w14:textId="77777777" w:rsidR="00956EA3" w:rsidRDefault="00956EA3" w:rsidP="000F6FD7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:ind w:right="666"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="659DC618" w14:textId="77777777" w:rsidR="00956EA3" w:rsidRDefault="00956EA3" w:rsidP="00A948A3">
     <w:pPr>
@@ -27840,51 +27934,51 @@
   <w:num w:numId="20" w16cid:durableId="1996908682">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2146776829">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="393814720">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1511137014">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="966159493">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="nyGVfuaovXlPkhzQDQChbG1pEuPfav/iIUlRqABWmC8mMNUmvDJjdwMUVCfLJurXYvSjY3IV6Kzncei8UyrACQ==" w:salt="GEGRZZqOLEknihdL7fxdwg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kBOR9Gtfn8+8LHLMaLpGi5NL/ciTdXDMN3Bv5dxPyZ296TDm3JabN68VmbLlkRo6/JqpNaAP7aVQoKk7IxqRtg==" w:salt="eX+7uIS3iqUU0z8rjek2fw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001474DE"/>
     <w:rsid w:val="000160E2"/>
@@ -27897,154 +27991,164 @@
     <w:rsid w:val="000463D7"/>
     <w:rsid w:val="000517A7"/>
     <w:rsid w:val="00055A19"/>
     <w:rsid w:val="00055D07"/>
     <w:rsid w:val="00060AA2"/>
     <w:rsid w:val="00077C1C"/>
     <w:rsid w:val="00077FC6"/>
     <w:rsid w:val="00082838"/>
     <w:rsid w:val="00084204"/>
     <w:rsid w:val="000879E5"/>
     <w:rsid w:val="0009048E"/>
     <w:rsid w:val="00092A62"/>
     <w:rsid w:val="00094EFF"/>
     <w:rsid w:val="00095124"/>
     <w:rsid w:val="00095C4D"/>
     <w:rsid w:val="000970F2"/>
     <w:rsid w:val="000A7711"/>
     <w:rsid w:val="000B4869"/>
     <w:rsid w:val="000C6E48"/>
     <w:rsid w:val="000D3B87"/>
     <w:rsid w:val="000D5300"/>
     <w:rsid w:val="000E26D4"/>
     <w:rsid w:val="000F328C"/>
     <w:rsid w:val="000F6FD7"/>
     <w:rsid w:val="00100948"/>
+    <w:rsid w:val="001027C4"/>
     <w:rsid w:val="00104CA4"/>
     <w:rsid w:val="001216D8"/>
     <w:rsid w:val="00122E08"/>
     <w:rsid w:val="00123A45"/>
     <w:rsid w:val="00124B4D"/>
     <w:rsid w:val="00132B42"/>
     <w:rsid w:val="00134245"/>
     <w:rsid w:val="00144A8C"/>
     <w:rsid w:val="001474DE"/>
+    <w:rsid w:val="00155454"/>
     <w:rsid w:val="00155FA7"/>
     <w:rsid w:val="00164031"/>
     <w:rsid w:val="001728B6"/>
     <w:rsid w:val="001747E4"/>
     <w:rsid w:val="0018381D"/>
     <w:rsid w:val="00186388"/>
     <w:rsid w:val="001A6637"/>
     <w:rsid w:val="001B0DA5"/>
     <w:rsid w:val="001B16A1"/>
     <w:rsid w:val="001B2214"/>
     <w:rsid w:val="001B4955"/>
     <w:rsid w:val="001C097F"/>
     <w:rsid w:val="001C09CF"/>
     <w:rsid w:val="001C0C90"/>
     <w:rsid w:val="001C558E"/>
+    <w:rsid w:val="001D2A87"/>
     <w:rsid w:val="001D4FEF"/>
     <w:rsid w:val="001D56F9"/>
     <w:rsid w:val="001E725C"/>
     <w:rsid w:val="00201DF3"/>
     <w:rsid w:val="00202851"/>
     <w:rsid w:val="00203DB0"/>
     <w:rsid w:val="00205977"/>
     <w:rsid w:val="00216052"/>
     <w:rsid w:val="00224482"/>
     <w:rsid w:val="00225A59"/>
     <w:rsid w:val="00233C14"/>
     <w:rsid w:val="00236C23"/>
+    <w:rsid w:val="002376C6"/>
     <w:rsid w:val="00246A38"/>
     <w:rsid w:val="002477B8"/>
     <w:rsid w:val="002645EF"/>
     <w:rsid w:val="00266B87"/>
     <w:rsid w:val="00274B8C"/>
     <w:rsid w:val="002753D8"/>
     <w:rsid w:val="00277541"/>
     <w:rsid w:val="002838E8"/>
     <w:rsid w:val="00284AF2"/>
     <w:rsid w:val="002970DA"/>
     <w:rsid w:val="002978B2"/>
+    <w:rsid w:val="002B03EC"/>
     <w:rsid w:val="002B1D80"/>
+    <w:rsid w:val="002D24FD"/>
     <w:rsid w:val="002D3E8D"/>
     <w:rsid w:val="002D4337"/>
     <w:rsid w:val="002D53E6"/>
     <w:rsid w:val="002F1C29"/>
     <w:rsid w:val="002F3A22"/>
     <w:rsid w:val="00300BE7"/>
     <w:rsid w:val="00300EA6"/>
     <w:rsid w:val="00303FCF"/>
     <w:rsid w:val="00304F33"/>
     <w:rsid w:val="0030708B"/>
     <w:rsid w:val="00307286"/>
     <w:rsid w:val="00312C70"/>
     <w:rsid w:val="00335B31"/>
     <w:rsid w:val="00336A68"/>
     <w:rsid w:val="003410E9"/>
     <w:rsid w:val="00341809"/>
     <w:rsid w:val="00343B7A"/>
     <w:rsid w:val="0035476B"/>
     <w:rsid w:val="00356119"/>
     <w:rsid w:val="003662D6"/>
     <w:rsid w:val="003710C2"/>
     <w:rsid w:val="0038013B"/>
     <w:rsid w:val="00381C58"/>
     <w:rsid w:val="003824D8"/>
     <w:rsid w:val="0038672F"/>
     <w:rsid w:val="00387B3A"/>
     <w:rsid w:val="003937F5"/>
     <w:rsid w:val="00396AB4"/>
     <w:rsid w:val="003A4745"/>
     <w:rsid w:val="003A53C8"/>
+    <w:rsid w:val="003B4CEF"/>
     <w:rsid w:val="003B5A6F"/>
     <w:rsid w:val="003B62E6"/>
     <w:rsid w:val="003C44CF"/>
     <w:rsid w:val="003C5A24"/>
     <w:rsid w:val="003C62C0"/>
     <w:rsid w:val="003C64CF"/>
     <w:rsid w:val="003C719C"/>
     <w:rsid w:val="003D1A38"/>
     <w:rsid w:val="003E37B7"/>
     <w:rsid w:val="003F0C11"/>
+    <w:rsid w:val="003F0D51"/>
     <w:rsid w:val="003F15D1"/>
     <w:rsid w:val="003F6979"/>
     <w:rsid w:val="003F7785"/>
     <w:rsid w:val="003F7ED4"/>
+    <w:rsid w:val="00415A83"/>
     <w:rsid w:val="00416947"/>
     <w:rsid w:val="00417136"/>
     <w:rsid w:val="00417F9C"/>
     <w:rsid w:val="00423C43"/>
     <w:rsid w:val="00430D52"/>
     <w:rsid w:val="00433C2A"/>
     <w:rsid w:val="00435A03"/>
     <w:rsid w:val="00435AD1"/>
     <w:rsid w:val="004517DE"/>
     <w:rsid w:val="00461762"/>
     <w:rsid w:val="00471D34"/>
     <w:rsid w:val="00475277"/>
+    <w:rsid w:val="00481D0F"/>
     <w:rsid w:val="004B2209"/>
     <w:rsid w:val="004B5738"/>
     <w:rsid w:val="004B7295"/>
     <w:rsid w:val="004C0268"/>
     <w:rsid w:val="004C70E6"/>
     <w:rsid w:val="004F3CEB"/>
     <w:rsid w:val="00503C8D"/>
     <w:rsid w:val="00504900"/>
     <w:rsid w:val="00504B04"/>
     <w:rsid w:val="00512EC2"/>
     <w:rsid w:val="00520008"/>
     <w:rsid w:val="00521E53"/>
     <w:rsid w:val="00525F4F"/>
     <w:rsid w:val="005278E0"/>
     <w:rsid w:val="00527D6D"/>
     <w:rsid w:val="005331F6"/>
     <w:rsid w:val="00541318"/>
     <w:rsid w:val="00545365"/>
     <w:rsid w:val="00551404"/>
     <w:rsid w:val="005539FD"/>
     <w:rsid w:val="00554845"/>
     <w:rsid w:val="0056693A"/>
     <w:rsid w:val="005701EC"/>
     <w:rsid w:val="00570B3B"/>
     <w:rsid w:val="005748CB"/>
@@ -28053,344 +28157,385 @@
     <w:rsid w:val="00582D75"/>
     <w:rsid w:val="0058457F"/>
     <w:rsid w:val="00587D55"/>
     <w:rsid w:val="00591350"/>
     <w:rsid w:val="00592DC9"/>
     <w:rsid w:val="005934AD"/>
     <w:rsid w:val="00595CE9"/>
     <w:rsid w:val="005A27E2"/>
     <w:rsid w:val="005A2A75"/>
     <w:rsid w:val="005A3814"/>
     <w:rsid w:val="005A52C3"/>
     <w:rsid w:val="005B028B"/>
     <w:rsid w:val="005B34EC"/>
     <w:rsid w:val="005B59DE"/>
     <w:rsid w:val="005C1685"/>
     <w:rsid w:val="005D2242"/>
     <w:rsid w:val="005D2C26"/>
     <w:rsid w:val="005D2EEA"/>
     <w:rsid w:val="005D3D8C"/>
     <w:rsid w:val="005D4E3F"/>
     <w:rsid w:val="005D7A75"/>
     <w:rsid w:val="005E383C"/>
     <w:rsid w:val="005E4435"/>
     <w:rsid w:val="00600651"/>
     <w:rsid w:val="006043FC"/>
+    <w:rsid w:val="00630189"/>
     <w:rsid w:val="00630572"/>
     <w:rsid w:val="006350FD"/>
     <w:rsid w:val="00635380"/>
     <w:rsid w:val="00637243"/>
+    <w:rsid w:val="00643E0E"/>
     <w:rsid w:val="006465BE"/>
     <w:rsid w:val="006468F0"/>
     <w:rsid w:val="00651C85"/>
     <w:rsid w:val="006608AC"/>
     <w:rsid w:val="0066350F"/>
     <w:rsid w:val="006715C7"/>
     <w:rsid w:val="00677AF1"/>
     <w:rsid w:val="00682B3A"/>
     <w:rsid w:val="00687876"/>
     <w:rsid w:val="00693632"/>
     <w:rsid w:val="00696467"/>
     <w:rsid w:val="006A0B03"/>
     <w:rsid w:val="006A2310"/>
     <w:rsid w:val="006A500E"/>
     <w:rsid w:val="006A79D8"/>
     <w:rsid w:val="006B5423"/>
     <w:rsid w:val="006B7C63"/>
     <w:rsid w:val="006C2CA3"/>
     <w:rsid w:val="006C461A"/>
     <w:rsid w:val="006C6423"/>
     <w:rsid w:val="006E32BD"/>
     <w:rsid w:val="006E5A59"/>
     <w:rsid w:val="006F5FBE"/>
     <w:rsid w:val="006F7F10"/>
     <w:rsid w:val="007016C0"/>
     <w:rsid w:val="0070219B"/>
     <w:rsid w:val="00711244"/>
     <w:rsid w:val="00711650"/>
     <w:rsid w:val="00713BB8"/>
     <w:rsid w:val="00715519"/>
     <w:rsid w:val="0071600C"/>
     <w:rsid w:val="0071722E"/>
     <w:rsid w:val="00717EFD"/>
     <w:rsid w:val="00722B93"/>
     <w:rsid w:val="00726D29"/>
     <w:rsid w:val="00732B0A"/>
     <w:rsid w:val="007358EC"/>
     <w:rsid w:val="00737E48"/>
     <w:rsid w:val="00740BF0"/>
     <w:rsid w:val="0074267B"/>
     <w:rsid w:val="00744232"/>
     <w:rsid w:val="00744C29"/>
     <w:rsid w:val="007453E0"/>
     <w:rsid w:val="00746055"/>
     <w:rsid w:val="00746553"/>
     <w:rsid w:val="00757B81"/>
+    <w:rsid w:val="00762903"/>
     <w:rsid w:val="0076541C"/>
     <w:rsid w:val="00771EF3"/>
     <w:rsid w:val="00774B12"/>
     <w:rsid w:val="00780AF0"/>
     <w:rsid w:val="00783CC6"/>
     <w:rsid w:val="007A3DB0"/>
     <w:rsid w:val="007A539C"/>
     <w:rsid w:val="007A628E"/>
     <w:rsid w:val="007A6BA4"/>
     <w:rsid w:val="007A7741"/>
     <w:rsid w:val="007B12B3"/>
     <w:rsid w:val="007B1F4F"/>
     <w:rsid w:val="007B6CEB"/>
+    <w:rsid w:val="007C00E2"/>
     <w:rsid w:val="007C2ACE"/>
     <w:rsid w:val="007C4B66"/>
     <w:rsid w:val="007C5C79"/>
     <w:rsid w:val="007C6649"/>
     <w:rsid w:val="007D09DF"/>
     <w:rsid w:val="007D1F55"/>
     <w:rsid w:val="007D5429"/>
     <w:rsid w:val="007D5440"/>
     <w:rsid w:val="007E3D61"/>
     <w:rsid w:val="007E3ECB"/>
     <w:rsid w:val="007F59EF"/>
     <w:rsid w:val="007F7443"/>
     <w:rsid w:val="0080343E"/>
     <w:rsid w:val="0081106D"/>
     <w:rsid w:val="00811CE9"/>
     <w:rsid w:val="00824CC3"/>
     <w:rsid w:val="0083137B"/>
     <w:rsid w:val="00836DA7"/>
     <w:rsid w:val="00844D3D"/>
     <w:rsid w:val="00844FB0"/>
     <w:rsid w:val="00850260"/>
     <w:rsid w:val="00854981"/>
     <w:rsid w:val="00856D8F"/>
     <w:rsid w:val="008649CD"/>
     <w:rsid w:val="00866AFA"/>
     <w:rsid w:val="00870B2A"/>
+    <w:rsid w:val="0087755E"/>
+    <w:rsid w:val="0088320E"/>
     <w:rsid w:val="0089157C"/>
     <w:rsid w:val="008934ED"/>
     <w:rsid w:val="008941D8"/>
     <w:rsid w:val="00895BFA"/>
+    <w:rsid w:val="008A756B"/>
     <w:rsid w:val="008B0125"/>
     <w:rsid w:val="008B62E6"/>
     <w:rsid w:val="008B64E6"/>
+    <w:rsid w:val="008C55F3"/>
     <w:rsid w:val="008D0620"/>
     <w:rsid w:val="008D12D5"/>
     <w:rsid w:val="008D132F"/>
     <w:rsid w:val="008D1EC6"/>
     <w:rsid w:val="008E15B8"/>
+    <w:rsid w:val="008E2BB5"/>
+    <w:rsid w:val="008E663D"/>
     <w:rsid w:val="008F5459"/>
     <w:rsid w:val="00904718"/>
     <w:rsid w:val="00917D87"/>
     <w:rsid w:val="009264F6"/>
     <w:rsid w:val="00926594"/>
     <w:rsid w:val="0092774A"/>
     <w:rsid w:val="00932414"/>
+    <w:rsid w:val="009339B0"/>
     <w:rsid w:val="00935348"/>
     <w:rsid w:val="0093544B"/>
     <w:rsid w:val="00940398"/>
     <w:rsid w:val="00947462"/>
     <w:rsid w:val="00956EA3"/>
     <w:rsid w:val="00962712"/>
     <w:rsid w:val="00963029"/>
     <w:rsid w:val="00963B90"/>
     <w:rsid w:val="009669F0"/>
     <w:rsid w:val="00982964"/>
     <w:rsid w:val="0098601C"/>
     <w:rsid w:val="00987E89"/>
+    <w:rsid w:val="00993103"/>
     <w:rsid w:val="009A63DA"/>
     <w:rsid w:val="009B01D4"/>
     <w:rsid w:val="009B678A"/>
     <w:rsid w:val="009C051A"/>
     <w:rsid w:val="009C1C61"/>
     <w:rsid w:val="009E28C4"/>
     <w:rsid w:val="009E3C80"/>
     <w:rsid w:val="009E4297"/>
     <w:rsid w:val="009F1371"/>
     <w:rsid w:val="00A03967"/>
     <w:rsid w:val="00A03BB9"/>
     <w:rsid w:val="00A04D65"/>
     <w:rsid w:val="00A07CE4"/>
     <w:rsid w:val="00A1180F"/>
     <w:rsid w:val="00A154A1"/>
     <w:rsid w:val="00A21A4D"/>
     <w:rsid w:val="00A21F59"/>
     <w:rsid w:val="00A23F93"/>
     <w:rsid w:val="00A3655E"/>
     <w:rsid w:val="00A40277"/>
     <w:rsid w:val="00A4158A"/>
     <w:rsid w:val="00A47B41"/>
     <w:rsid w:val="00A51A34"/>
+    <w:rsid w:val="00A616D8"/>
     <w:rsid w:val="00A62E70"/>
+    <w:rsid w:val="00A64114"/>
     <w:rsid w:val="00A70FDE"/>
     <w:rsid w:val="00A73392"/>
     <w:rsid w:val="00A7691D"/>
     <w:rsid w:val="00A76CF7"/>
     <w:rsid w:val="00A81BA9"/>
     <w:rsid w:val="00A8325B"/>
+    <w:rsid w:val="00A847BB"/>
     <w:rsid w:val="00A85556"/>
+    <w:rsid w:val="00A90D1F"/>
     <w:rsid w:val="00A948A3"/>
     <w:rsid w:val="00A94B33"/>
     <w:rsid w:val="00AA1AC7"/>
     <w:rsid w:val="00AA4359"/>
+    <w:rsid w:val="00AA5596"/>
     <w:rsid w:val="00AB4FBB"/>
     <w:rsid w:val="00AB6B96"/>
     <w:rsid w:val="00AC658F"/>
     <w:rsid w:val="00AD111C"/>
+    <w:rsid w:val="00AD36DC"/>
     <w:rsid w:val="00AD44E6"/>
     <w:rsid w:val="00AD4521"/>
     <w:rsid w:val="00AE37A4"/>
     <w:rsid w:val="00AF4367"/>
+    <w:rsid w:val="00B016FF"/>
     <w:rsid w:val="00B055F4"/>
     <w:rsid w:val="00B17294"/>
+    <w:rsid w:val="00B24CC6"/>
     <w:rsid w:val="00B458FF"/>
+    <w:rsid w:val="00B502DC"/>
     <w:rsid w:val="00B50CB8"/>
     <w:rsid w:val="00B526F7"/>
+    <w:rsid w:val="00B55B91"/>
     <w:rsid w:val="00B55D48"/>
+    <w:rsid w:val="00B57C04"/>
     <w:rsid w:val="00B613EE"/>
     <w:rsid w:val="00B6182B"/>
     <w:rsid w:val="00B660DD"/>
+    <w:rsid w:val="00B70166"/>
     <w:rsid w:val="00B719ED"/>
     <w:rsid w:val="00B73A52"/>
     <w:rsid w:val="00B75ABD"/>
     <w:rsid w:val="00B848A1"/>
     <w:rsid w:val="00B86894"/>
     <w:rsid w:val="00B943CE"/>
+    <w:rsid w:val="00B95507"/>
     <w:rsid w:val="00B95B5A"/>
     <w:rsid w:val="00BB1152"/>
     <w:rsid w:val="00BB142E"/>
     <w:rsid w:val="00BC239D"/>
+    <w:rsid w:val="00BC256B"/>
     <w:rsid w:val="00BC4BFF"/>
     <w:rsid w:val="00BC7E0C"/>
+    <w:rsid w:val="00BD02BD"/>
     <w:rsid w:val="00BE0B40"/>
     <w:rsid w:val="00BE0D8B"/>
     <w:rsid w:val="00BE1F56"/>
     <w:rsid w:val="00BE3C09"/>
     <w:rsid w:val="00BF4D6F"/>
+    <w:rsid w:val="00C142B0"/>
     <w:rsid w:val="00C17C62"/>
     <w:rsid w:val="00C202B0"/>
     <w:rsid w:val="00C21566"/>
     <w:rsid w:val="00C21F51"/>
     <w:rsid w:val="00C25FE9"/>
     <w:rsid w:val="00C2626A"/>
+    <w:rsid w:val="00C30A78"/>
     <w:rsid w:val="00C4746B"/>
     <w:rsid w:val="00C64D17"/>
     <w:rsid w:val="00C664E5"/>
     <w:rsid w:val="00C80341"/>
+    <w:rsid w:val="00C80F9E"/>
     <w:rsid w:val="00C81C82"/>
     <w:rsid w:val="00C81D73"/>
     <w:rsid w:val="00C872E2"/>
     <w:rsid w:val="00C92B0B"/>
     <w:rsid w:val="00C96B61"/>
     <w:rsid w:val="00C978C5"/>
     <w:rsid w:val="00CA25DD"/>
     <w:rsid w:val="00CA777E"/>
     <w:rsid w:val="00CD1B3A"/>
     <w:rsid w:val="00CE7E29"/>
     <w:rsid w:val="00D005FA"/>
     <w:rsid w:val="00D0111B"/>
     <w:rsid w:val="00D03A5B"/>
     <w:rsid w:val="00D04284"/>
     <w:rsid w:val="00D04F5F"/>
     <w:rsid w:val="00D073EB"/>
     <w:rsid w:val="00D13DE3"/>
     <w:rsid w:val="00D141E8"/>
     <w:rsid w:val="00D20507"/>
     <w:rsid w:val="00D278A3"/>
     <w:rsid w:val="00D41477"/>
     <w:rsid w:val="00D43927"/>
     <w:rsid w:val="00D44151"/>
     <w:rsid w:val="00D55296"/>
     <w:rsid w:val="00D60EA1"/>
     <w:rsid w:val="00D669C8"/>
     <w:rsid w:val="00D70405"/>
+    <w:rsid w:val="00D877AD"/>
     <w:rsid w:val="00D902B0"/>
     <w:rsid w:val="00DA10D4"/>
     <w:rsid w:val="00DA3287"/>
     <w:rsid w:val="00DA4EBD"/>
     <w:rsid w:val="00DA5E08"/>
     <w:rsid w:val="00DB77EB"/>
     <w:rsid w:val="00DD4CF2"/>
     <w:rsid w:val="00DD4EDD"/>
     <w:rsid w:val="00DD53EA"/>
     <w:rsid w:val="00DD59D1"/>
+    <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE5D08"/>
     <w:rsid w:val="00DE652D"/>
     <w:rsid w:val="00DF6379"/>
     <w:rsid w:val="00E01697"/>
     <w:rsid w:val="00E01A74"/>
     <w:rsid w:val="00E04945"/>
     <w:rsid w:val="00E05BFD"/>
+    <w:rsid w:val="00E064AA"/>
+    <w:rsid w:val="00E24F7B"/>
     <w:rsid w:val="00E27453"/>
     <w:rsid w:val="00E33E3C"/>
     <w:rsid w:val="00E350FC"/>
     <w:rsid w:val="00E43C93"/>
     <w:rsid w:val="00E43F8A"/>
     <w:rsid w:val="00E46FA3"/>
     <w:rsid w:val="00E5089E"/>
     <w:rsid w:val="00E52767"/>
     <w:rsid w:val="00E53EA0"/>
+    <w:rsid w:val="00E54A32"/>
     <w:rsid w:val="00E56DE6"/>
     <w:rsid w:val="00E62561"/>
     <w:rsid w:val="00E70994"/>
     <w:rsid w:val="00E70D5C"/>
     <w:rsid w:val="00E819C3"/>
     <w:rsid w:val="00E8281F"/>
     <w:rsid w:val="00E84045"/>
     <w:rsid w:val="00E8407A"/>
     <w:rsid w:val="00E9359C"/>
+    <w:rsid w:val="00E94BB1"/>
     <w:rsid w:val="00EA54E1"/>
     <w:rsid w:val="00EB02FC"/>
     <w:rsid w:val="00EE1A4C"/>
     <w:rsid w:val="00EE30F8"/>
     <w:rsid w:val="00EE3447"/>
     <w:rsid w:val="00EE5705"/>
     <w:rsid w:val="00EF0FD5"/>
     <w:rsid w:val="00EF6BDD"/>
     <w:rsid w:val="00EF6EB0"/>
     <w:rsid w:val="00F07BBB"/>
     <w:rsid w:val="00F11491"/>
+    <w:rsid w:val="00F11BE5"/>
     <w:rsid w:val="00F155CA"/>
     <w:rsid w:val="00F157AD"/>
     <w:rsid w:val="00F20ADE"/>
     <w:rsid w:val="00F24569"/>
     <w:rsid w:val="00F25C66"/>
     <w:rsid w:val="00F3175F"/>
     <w:rsid w:val="00F35738"/>
     <w:rsid w:val="00F36B29"/>
     <w:rsid w:val="00F5395C"/>
+    <w:rsid w:val="00F65052"/>
     <w:rsid w:val="00F7066C"/>
     <w:rsid w:val="00F75F9D"/>
     <w:rsid w:val="00F85D1C"/>
     <w:rsid w:val="00F86B24"/>
     <w:rsid w:val="00F87249"/>
+    <w:rsid w:val="00F87B98"/>
     <w:rsid w:val="00F87D95"/>
     <w:rsid w:val="00FA15AD"/>
     <w:rsid w:val="00FA3FFC"/>
     <w:rsid w:val="00FA5545"/>
+    <w:rsid w:val="00FB2B1D"/>
     <w:rsid w:val="00FB4DB0"/>
     <w:rsid w:val="00FB68BC"/>
     <w:rsid w:val="00FD4068"/>
     <w:rsid w:val="00FD5C96"/>
+    <w:rsid w:val="00FE1158"/>
     <w:rsid w:val="00FE2F6A"/>
     <w:rsid w:val="00FE6FE5"/>
     <w:rsid w:val="00FF713D"/>
     <w:rsid w:val="00FF751B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -29305,79 +29450,50 @@
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0B7E7633A2364066BB9863B6D0D32AB1"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="0B3D1EE49C4C4D68989BA4E246B26668"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A63B802C-446A-483D-B84B-5174FE0084BE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00683050" w:rsidRDefault="00EF13FC" w:rsidP="00EF13FC">
           <w:pPr>
             <w:pStyle w:val="0B3D1EE49C4C4D68989BA4E246B26668"/>
           </w:pPr>
           <w:r w:rsidRPr="004415D5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter a date.</w:t>
           </w:r>
         </w:p>
@@ -30060,660 +30176,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F5068365-8810-4AF7-9356-D9F4ADFCCAD1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00253EC3" w:rsidRDefault="00253EC3" w:rsidP="00253EC3">
           <w:pPr>
             <w:pStyle w:val="F59EE56C22DC45219F4160122BA965FC"/>
           </w:pPr>
           <w:r w:rsidRPr="007D6790">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C19C5451E5D2452A957181B6321C8C72"/>
-[...608 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="BF04172FFC054EC1B5DFB506B6C7EF30"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A1D2CCF8-8410-4954-98B6-B5BCEEF92844}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00253EC3" w:rsidRDefault="00253EC3" w:rsidP="00253EC3">
           <w:pPr>
             <w:pStyle w:val="BF04172FFC054EC1B5DFB506B6C7EF30"/>
           </w:pPr>
           <w:r w:rsidRPr="00D04540">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
@@ -30959,137 +30465,144 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
+    <w:altName w:val="Arial Black"/>
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
-    <w:family w:val="auto"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00307F5B"/>
+    <w:rsid w:val="00014DDB"/>
     <w:rsid w:val="000476DC"/>
     <w:rsid w:val="000B4869"/>
+    <w:rsid w:val="000B6E0E"/>
+    <w:rsid w:val="002376C6"/>
     <w:rsid w:val="00253EC3"/>
     <w:rsid w:val="00307F5B"/>
     <w:rsid w:val="00361E94"/>
     <w:rsid w:val="00375D40"/>
     <w:rsid w:val="003E7F5F"/>
+    <w:rsid w:val="00481D0F"/>
     <w:rsid w:val="004C6AED"/>
     <w:rsid w:val="005167FD"/>
     <w:rsid w:val="00627567"/>
     <w:rsid w:val="00683050"/>
     <w:rsid w:val="00697903"/>
     <w:rsid w:val="0073034D"/>
     <w:rsid w:val="0074106E"/>
+    <w:rsid w:val="00747064"/>
     <w:rsid w:val="00757A02"/>
     <w:rsid w:val="00763084"/>
     <w:rsid w:val="0076331A"/>
     <w:rsid w:val="007A1EB5"/>
+    <w:rsid w:val="007C00E2"/>
     <w:rsid w:val="007C26B7"/>
     <w:rsid w:val="007D4608"/>
     <w:rsid w:val="007D5FD5"/>
+    <w:rsid w:val="0088320E"/>
+    <w:rsid w:val="008E69DA"/>
     <w:rsid w:val="00983D1C"/>
     <w:rsid w:val="009B12F2"/>
     <w:rsid w:val="009B2BAC"/>
     <w:rsid w:val="009C44D2"/>
     <w:rsid w:val="00A37466"/>
     <w:rsid w:val="00A44421"/>
     <w:rsid w:val="00A864E5"/>
     <w:rsid w:val="00A86C58"/>
     <w:rsid w:val="00AA6582"/>
     <w:rsid w:val="00B22E25"/>
     <w:rsid w:val="00B3121E"/>
     <w:rsid w:val="00B40C66"/>
     <w:rsid w:val="00C009A9"/>
     <w:rsid w:val="00C95F0B"/>
     <w:rsid w:val="00CD278F"/>
     <w:rsid w:val="00DF08A1"/>
     <w:rsid w:val="00E57006"/>
     <w:rsid w:val="00EF13FC"/>
     <w:rsid w:val="00F055E4"/>
     <w:rsid w:val="00F53DE2"/>
     <w:rsid w:val="00FE46B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -31518,93 +31031,58 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C009A9"/>
+    <w:rsid w:val="00747064"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B7E7633A2364066BB9863B6D0D32AB1">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B3D1EE49C4C4D68989BA4E246B26668">
     <w:name w:val="0B3D1EE49C4C4D68989BA4E246B26668"/>
     <w:rsid w:val="00EF13FC"/>
-    <w:pPr>
-[...26 lines deleted...]
-    <w:rsid w:val="00361E94"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DE5457A18B443408A7A8DA3F49A2009">
     <w:name w:val="2DE5457A18B443408A7A8DA3F49A2009"/>
     <w:rsid w:val="004C6AED"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B8D6F502C0D4379A21D38C188904157">
     <w:name w:val="3B8D6F502C0D4379A21D38C188904157"/>
     <w:rsid w:val="004C6AED"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5811AED7DB2C468E8694895E65789DD4">
     <w:name w:val="5811AED7DB2C468E8694895E65789DD4"/>
     <w:rsid w:val="004C6AED"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
@@ -31721,190 +31199,50 @@
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EFDE48948294EAFBA3665EDDEF46ACD">
     <w:name w:val="6EFDE48948294EAFBA3665EDDEF46ACD"/>
     <w:rsid w:val="00253EC3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8199C993AB2C416EA8F2C0C020FB9390">
     <w:name w:val="8199C993AB2C416EA8F2C0C020FB9390"/>
     <w:rsid w:val="00253EC3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6588224DC91E412385CC5838B652508D">
     <w:name w:val="6588224DC91E412385CC5838B652508D"/>
     <w:rsid w:val="00253EC3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F59EE56C22DC45219F4160122BA965FC">
     <w:name w:val="F59EE56C22DC45219F4160122BA965FC"/>
-    <w:rsid w:val="00253EC3"/>
-[...138 lines deleted...]
-    <w:name w:val="2EA697E39E754DF19A8110987E8E03A7"/>
     <w:rsid w:val="00253EC3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BF04172FFC054EC1B5DFB506B6C7EF30">
     <w:name w:val="BF04172FFC054EC1B5DFB506B6C7EF30"/>
     <w:rsid w:val="00253EC3"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1835350D2CBA471B9148E18BDCEEBD01">
     <w:name w:val="1835350D2CBA471B9148E18BDCEEBD01"/>
     <w:rsid w:val="00C009A9"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="408341F9BD874496ADE087CC77F414CB">
     <w:name w:val="408341F9BD874496ADE087CC77F414CB"/>
     <w:rsid w:val="00C009A9"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
@@ -32260,53 +31598,53 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6958EE13-C321-42D6-AAEA-1BB4890EF0A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>9041</Characters>
+  <Pages>7</Pages>
+  <Words>1723</Words>
+  <Characters>9201</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>400</Lines>
+  <Paragraphs>287</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10606</CharactersWithSpaces>
+  <CharactersWithSpaces>10637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>